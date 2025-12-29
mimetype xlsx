--- v0 (2025-12-29)
+++ v1 (2025-12-29)
@@ -14,203 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 13:07</t>
-[...14 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 29/12/2025 14:36</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - OLIMPIA</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS VIDRO - RAF R.8052 - 3 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5414 - CHAPA LISA - 70CM - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MAQUINA DE YOGURT RAF R.14404 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0106 - PRETO - 3.6L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATTCH Z97 MINI - 4 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATTH Y80 - 8 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>GRILL INTERBRAS H20BR - 110V</t>
+  </si>
+  <si>
+    <t>INTERBRAS</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO INTERBRAS C10BR - 1 BOCA - 110V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA INTERBRAS G30BR - 4 UNID - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/85" - SATE A-RM3281</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
-  </si>
-[...112 lines deleted...]
-    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c72fe2a67026394330af77ddc4840098.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a6a1e3ab42f931fc4abd94fac96533.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873f1696b10c4a942bb6b2313a792374.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd31d85d0de7cfe940ec07313bb119b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b91cf37084c9ca1bf83a2a2f9fd984b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5559bc4feb294ef0e9690bf6d1897449.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250a20ed620d828c42c08c859d4672ce.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5169c2f0aa094f42363f37837f5f86e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d53772ea816946b02ea5cd47c0510b3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4f1d7f3a204a75b1a143597b635a3f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942cb67dd49be1ac4ab65633ad22ae6c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78554a2b8c1dba993fa2caa38237ab5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e7713bd570b1c651546f98c9de0790.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a6e5f3126a9a8a9394e8f501d93ab46.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/372fa0d10ebced8ffa7940c45a403071.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0de6eccd17252d395b32c1d0e463d85.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca89f0b7b6d37135d17058c3b3e45d8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/598c73889a5d0b19a3a358536e4376b0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d172e380f8feb172e800b4c1aa39af64.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135d66e69aecf88c64be391895cea281.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa0990baf709393e7ad7d276f8ab917.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de69058101771002d2b527586e210a52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3f134094eff5fde596dbd2a9e23afe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd755b8629be32addb778a3f3df67360.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f2115ac682402ce4a0b9716c3c394f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e7ec876657351b6425b427514f0e0c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5993854240be8b7032117bbf81a52d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663f4c7dce50b9306395294fb7bd7ebd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1bf1a0eb681b821d565530cb3f2b54e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197b2d484de1b47495cd65332441ba81.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a95131923b9d15a42d56c6303198d0d3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098efc61700357e6049ffe32811b59bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfadb2e79718bde275ba8acbbbe62377.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c04e762d0bb4aff5182bf9438a2646.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0121a7d2cc521fbf5284c6a8571ae468.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5730aa5922d9edf87ab9fd18e87094c3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354f2a7332c965429ae7912e57e4fdcb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6963f12f6a8bdb42cad2b3021dd2781.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4fee00b34584cf66702a596caa491e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7a3753bc795a5b7720376b76869296.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576154</v>
+        <v>576727</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576178</v>
+        <v>576734</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>6.6</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576185</v>
+        <v>576741</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>32.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576208</v>
+        <v>576765</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576215</v>
+        <v>576772</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>9.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576222</v>
+        <v>576789</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>9.75</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576284</v>
+        <v>576796</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576291</v>
+        <v>576802</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576314</v>
+        <v>576819</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
         <v>24.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576345</v>
+        <v>576826</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576406</v>
+        <v>576833</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>380.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576468</v>
+        <v>576840</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576475</v>
+        <v>576857</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576505</v>
+        <v>576864</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>135.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576543</v>
+        <v>576871</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576567</v>
+        <v>576888</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576581</v>
+        <v>576895</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="F18" s="3">
-        <v>75.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576604</v>
+        <v>576918</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576628</v>
+        <v>576956</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>4.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576635</v>
+        <v>577045</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>4.5</v>
+        <v>24.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>