--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,176 +14,164 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 14:36</t>
-[...5 lines deleted...]
-    <t>Copos</t>
+    <t>Lista gerada no: 12/02/2026 23:39</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C868 - 36000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
-[...92 lines deleted...]
-    <t>SATE</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VAPORETO WINNINGSTAR ST-4600 - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -206,51 +194,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa0990baf709393e7ad7d276f8ab917.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de69058101771002d2b527586e210a52.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3f134094eff5fde596dbd2a9e23afe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd755b8629be32addb778a3f3df67360.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f2115ac682402ce4a0b9716c3c394f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e7ec876657351b6425b427514f0e0c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5993854240be8b7032117bbf81a52d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663f4c7dce50b9306395294fb7bd7ebd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1bf1a0eb681b821d565530cb3f2b54e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197b2d484de1b47495cd65332441ba81.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a95131923b9d15a42d56c6303198d0d3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098efc61700357e6049ffe32811b59bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfadb2e79718bde275ba8acbbbe62377.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c04e762d0bb4aff5182bf9438a2646.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0121a7d2cc521fbf5284c6a8571ae468.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5730aa5922d9edf87ab9fd18e87094c3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354f2a7332c965429ae7912e57e4fdcb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6963f12f6a8bdb42cad2b3021dd2781.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4fee00b34584cf66702a596caa491e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7a3753bc795a5b7720376b76869296.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52851e1f4aef40306a7d375f27e959f5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba1f47ea20ced922932eb35b68c6b25.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a32e24d285650c9f9aac332e0c422f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8a7970f75505882be3f79ffce54b40.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c4dbc341a6002e5fe3b078fa8d0728.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a67a1cff312e58813d1dd5b127ab498b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bca58077d7a3addc22df59fc59a432.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cc107ab51432fa026bd9b0c271ecb2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d4004b5324019d1c093fac3937d2e6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893b9e699347950ca6bdb12551293142.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d590e8609e72d5e45a12a20c70faca7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c55e7ba98353221ca578cc5970bafd5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083fd4f5df2cc8d97f6b4838e408b245.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcfa63bdbfed611aee66b00bbfb3af19.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70961940b9e0cc17f77ac95e8131d355.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3d1df4a0f6f427da46b867f8cbffef.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6951b6a5a79ef4ec9b7367dbaecb7642.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b1aca7d5bd34d9b2477ee82070ee133.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed323fb5f6f6ca28e701541eb3d2bb49.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2186ef71938d1bd6f2902e4e5983be3c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1117,417 +1105,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576727</v>
+        <v>580236</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576734</v>
+        <v>580250</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576741</v>
+        <v>580267</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>27.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576765</v>
+        <v>580274</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576772</v>
+        <v>580281</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576789</v>
+        <v>580298</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576796</v>
+        <v>580304</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576802</v>
+        <v>580311</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576819</v>
+        <v>580328</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576826</v>
+        <v>580335</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576833</v>
+        <v>580342</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>21.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576840</v>
+        <v>580359</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>21.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576857</v>
+        <v>580366</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576864</v>
+        <v>580373</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>27.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576871</v>
+        <v>580380</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576888</v>
+        <v>580410</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576895</v>
+        <v>580427</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576918</v>
+        <v>580434</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576956</v>
+        <v>580441</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577045</v>
+        <v>580489</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>24.5</v>
+        <v>75.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>