--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,164 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 23:39</t>
-[...5 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>Lista gerada no: 31/03/2026 02:19</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-302 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-303 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO RAF R.10033 - 180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS COM TAMPA RAF R.8033B - 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>KIT DE FRIGIDEIRAS RAF R.80008 20/24/28CM - 3 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M311</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
-[...59 lines deleted...]
-    <t>Ferramentas</t>
+    <t>ANDROID TV BOX - I96 KING - 8K</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
-[...14 lines deleted...]
-    <t>WINNINGSTAR</t>
+    <t>PORTA TEMPEROS 11092  INOX/VIDRO - 12 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA 3 EM 1 BRITANIA BES26SR - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-55 - 5.5L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74000 - 32CM - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74001 - 25CM - 220V</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K43220 - USB/T-C - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K36350 - T-C/T-C - 2M</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / LARANJA</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>MAQUINA 3 EM 1 DALING DL-9238 - 17474</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -194,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52851e1f4aef40306a7d375f27e959f5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba1f47ea20ced922932eb35b68c6b25.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a32e24d285650c9f9aac332e0c422f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8a7970f75505882be3f79ffce54b40.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c4dbc341a6002e5fe3b078fa8d0728.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a67a1cff312e58813d1dd5b127ab498b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bca58077d7a3addc22df59fc59a432.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cc107ab51432fa026bd9b0c271ecb2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d4004b5324019d1c093fac3937d2e6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893b9e699347950ca6bdb12551293142.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d590e8609e72d5e45a12a20c70faca7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c55e7ba98353221ca578cc5970bafd5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083fd4f5df2cc8d97f6b4838e408b245.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcfa63bdbfed611aee66b00bbfb3af19.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70961940b9e0cc17f77ac95e8131d355.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3d1df4a0f6f427da46b867f8cbffef.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6951b6a5a79ef4ec9b7367dbaecb7642.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b1aca7d5bd34d9b2477ee82070ee133.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed323fb5f6f6ca28e701541eb3d2bb49.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2186ef71938d1bd6f2902e4e5983be3c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acb17a94c712394f1c8605cd0e57476.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc03a98837fb26794ba59bebfef5851e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79737eb743c40f0ea3b2b3841c37b47.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91054f6410d396e147870957635020d2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b16b42f652c8162ad1fdc58730a913.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d056b10137af1b3fc91f7724c878c7b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6997d8cb8a9476127a23359902e94b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f342826dde671e9711a10198d4c33572.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081e78486324aae31f7ade483ee3b59a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5213928e8a0be4c5f790594ab9ccf8b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71494e6a6497baeeb200de0367095b28.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afea4bc76dff2285661e9d151c19563a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b79a4b2b1c9cf343dfa3957d7a96e6d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8998fe2e7121d33581b4b05e69a720.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b63b9a4372b8cc75a8fab030dc27dd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2106925d77b52e848f405927043a167.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adec07f1a2c9b260317efc9414f73fb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d9bfa14db0cbcbf9668c416c1c2e40.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda192c9cb50c11450d4dcffc5c8a99a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3d353025ca6a54fcdc5658be4d7c00.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1105,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580236</v>
+        <v>582933</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580250</v>
+        <v>582940</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580267</v>
+        <v>582971</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580274</v>
+        <v>582988</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580281</v>
+        <v>582995</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580298</v>
+        <v>583046</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580304</v>
+        <v>583053</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580311</v>
+        <v>583077</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580328</v>
+        <v>583121</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580335</v>
+        <v>583145</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580342</v>
+        <v>583183</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580359</v>
+        <v>583190</v>
       </c>
       <c r="C13" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580366</v>
+        <v>583206</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580373</v>
+        <v>583213</v>
       </c>
       <c r="C15" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580380</v>
+        <v>583220</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580410</v>
+        <v>583343</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580427</v>
+        <v>583374</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580434</v>
+        <v>583381</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580441</v>
+        <v>583398</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580489</v>
+        <v>583411</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>75.0</v>
+        <v>5.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>