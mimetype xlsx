--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 02:19</t>
+    <t>Lista gerada no: 31/03/2026 03:37</t>
   </si>
   <si>
     <t>VENTILADOR PROSPER P-302 - BATERIA RECARREGAVEL</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>VENTILADOR PROSPER P-303 - BATERIA RECARREGAVEL</t>
   </si>
   <si>
     <t>BALAN�A DE BANHO RAF R.10033 - 180KG</t>
   </si>
   <si>
     <t>Balan�as de Banho</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>FOGAO A GAS COM TAMPA RAF R.8033B - 2 BOCAS</t>
   </si>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4acb17a94c712394f1c8605cd0e57476.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc03a98837fb26794ba59bebfef5851e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79737eb743c40f0ea3b2b3841c37b47.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91054f6410d396e147870957635020d2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b16b42f652c8162ad1fdc58730a913.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d056b10137af1b3fc91f7724c878c7b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6997d8cb8a9476127a23359902e94b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f342826dde671e9711a10198d4c33572.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081e78486324aae31f7ade483ee3b59a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5213928e8a0be4c5f790594ab9ccf8b7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71494e6a6497baeeb200de0367095b28.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afea4bc76dff2285661e9d151c19563a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b79a4b2b1c9cf343dfa3957d7a96e6d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8998fe2e7121d33581b4b05e69a720.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b63b9a4372b8cc75a8fab030dc27dd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2106925d77b52e848f405927043a167.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adec07f1a2c9b260317efc9414f73fb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d9bfa14db0cbcbf9668c416c1c2e40.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda192c9cb50c11450d4dcffc5c8a99a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3d353025ca6a54fcdc5658be4d7c00.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf6a570e8e799d49cfc0211e304b998.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf96c08a22efcba522dd58abbe8c9aa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106a004b8cf7e82a75325fffc8daf0e1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c1f4bf161dfe2050230be40c0dfb70.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6e5f4a4d246986f8e141c3848632b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceec3482d243e34092ba6009cb2456f9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a42d31ed5113a3a7f52624ce82b662b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03af9b440e96fcc07aee6b13e7922ed7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ca82f06e28617c823f83152f0b1082.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2e9f9afcfd25b72c33a313da82000.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d304e6a1042b3933bec9bb8156124f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e2d353647f65ed1087d917515e7aa6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2697f65497495e23bbdc951117241c1d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a85731bd3057ee2ec557f6fc142787.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4348bc7d5daaeb4eb0eaa47822fa89.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f0735083ccbf35c6d82088682b3d18.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390de2a320c2e988ff077575c5dc8f9a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e6cad19b1faa1037a93b7b01680c77.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0787381663c00360c925e8d340041a9c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a001feaea2594bbff2cfcbef7a0b13e5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>