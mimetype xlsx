--- v0 (2025-12-29)
+++ v1 (2026-02-13)
@@ -14,200 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 14:44</t>
-[...38 lines deleted...]
-    <t>AR CONDICIONADO AIR COOL - 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+    <t>Lista gerada no: 13/02/2026 00:57</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630MAX - COM CAMERA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED HYE HYE65ATUX - HDMI/SMART/4K /DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED HYE HYE40ATFZ - FHD/SMART/ANDROID 14</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD 2 - 11" - 256G/8GB - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1988 / BLT/FM/TF/MP3 / 8"2</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SOPRADOR/ASPIRADOR TUCANO TURBO TC-55</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATEDEIRA BRITANIA PLANET BBP760P - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 128GB / 6 RAM / LILAS</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2283 USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V302 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO PORTATIL NOBLEX NP3500H1PY - 12.000BTU - 220V/50HZ</t>
   </si>
   <si>
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS SMART EBJE-02 - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV ATV PLASMA 2GB RAM/16GB/5G/8K</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO MEGASTAR BC-205 - 40KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>WATERPIK TUCANO TC-61 - DIG/REG/PORT - SG</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ SATE LED A-MH016 - RGB - 50W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BOLSA TERMICA SUNLIGHT 14473</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>JARRA ELETRICA RETRATIL SILICONE - 220V</t>
-[...80 lines deleted...]
-    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C802 - DIG - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54b8c8041b23ebaaffc38dd8779a107e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d909c4f37d5bbf6a373d84982e5ebb94.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc0ae4fedd7ef72407bf3ce05cda446d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b9ad1fbcd206de798b6fdc3b45b4c2e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d8c9088df1793a90d994d181ae7a8f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc0b8eafad40a1f5f8dfb906ef34a68.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453c8c67b07f0a94ed15a7ed554f948.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2322b66421217f8fb3a189e7f0e1084b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddce21a96776b4df16e414013947f053.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1634f9b2b386563082d0bf4e5705158c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7982272bdec996ac7a941781be239a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19106968279ec79aee0a832f2f83619.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09dd812b6da49fe4970b4967f5cadb80.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35264be162d43f391822f9a4a83593f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939ddac8f3a37ea0a3098807136e955c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68992cd41e2ab2b1237e9b11491e740a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490b6aadad2c79ca60681ca340b9d26d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee17761a2648d6f872c4e59fc518abb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527322eebeff41cb9284b356849e998d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bee3cf8501ad85da3708b249913a382.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b613ae703c3626dc4184641fd31479e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf71c372b5a307920848b791775ce2ce.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a683e17d47c0d79e9f940618616a3039.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8f23db58b05854307241ae7a4a617e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877c12625437e76370c0be563cc605c9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8de37409e859bd15a0ef2571b0e8023.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c95169bba3a161613815db95511061.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ba7c758e2de677f2f4f0a1496df69.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae024690b872ec63f186813732ecc5bf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07d1de791ab445341c1804cd62ab234.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820b98d46fbc111d1c283c8476dc01bd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81745e88f32f70c4e0b8bb88ad232aba.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5bc018bb689753621b16c9f073537b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aea526aa5e89f37355c9af8c1d54274c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cec4e97b887ec97d337c2b4a1fa476cf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003314df84cd5a233f12da068c8f3386.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612695eb227426978794da27682669fc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0dbab341c9b6e97c710e175a28bf93.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cb781a047e6fa0c6ac993c0b3b01963.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71373759cdbd7a76df4469e94f2e2501.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576215</v>
+        <v>579629</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.75</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576222</v>
+        <v>579636</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>9.75</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576291</v>
+        <v>579650</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576314</v>
+        <v>579698</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>24.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576345</v>
+        <v>579711</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576406</v>
+        <v>579773</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>380.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576468</v>
+        <v>579803</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576475</v>
+        <v>579810</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576505</v>
+        <v>579841</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>135.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576543</v>
+        <v>579858</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576567</v>
+        <v>579865</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>21.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576581</v>
+        <v>579872</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>75.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576604</v>
+        <v>579889</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576628</v>
+        <v>579933</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>4.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576635</v>
+        <v>579964</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>4.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576642</v>
+        <v>580069</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>440.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576659</v>
+        <v>580090</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>440.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576680</v>
+        <v>580199</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F19" s="3">
-        <v>113.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576727</v>
+        <v>580212</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
-        <v>4.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576734</v>
+        <v>580229</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>4.5</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>