--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,218 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:57</t>
-[...23 lines deleted...]
-    <t>Tablets</t>
+    <t>Lista gerada no: 31/03/2026 04:09</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
-[...11 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>DRONE S9HP - DUAL CAMERA - COM DISPLAY</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18220 - COLUMNA - 3X1 - 18" - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8761- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SOPRADOR/ASPIRADOR TUCANO TURBO TC-55</t>
-[...62 lines deleted...]
-    <t>Balan�as de Mercado</t>
+    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8763 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8764- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8765 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8766- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR  LUO LU-4002 - UNIVERSAL - RETRATIL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16239B - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618N - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>WATERPIK TUCANO TC-61 - DIG/REG/PORT - SG</t>
-[...29 lines deleted...]
-    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
+    <t>ALISADOR MEGASTAR GWB618P - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.9267 - 300W - BRANCO - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA NOTEBOOK LUO LU-4007</t>
+  </si>
+  <si>
+    <t>Notebook</t>
+  </si>
+  <si>
+    <t>QUADRICICLO ELETRICO INFANTIL LEVEL LVR-179 - VERMELHO</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M302</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M304</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-301 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b613ae703c3626dc4184641fd31479e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf71c372b5a307920848b791775ce2ce.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a683e17d47c0d79e9f940618616a3039.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8f23db58b05854307241ae7a4a617e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877c12625437e76370c0be563cc605c9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8de37409e859bd15a0ef2571b0e8023.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c95169bba3a161613815db95511061.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759ba7c758e2de677f2f4f0a1496df69.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae024690b872ec63f186813732ecc5bf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07d1de791ab445341c1804cd62ab234.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820b98d46fbc111d1c283c8476dc01bd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81745e88f32f70c4e0b8bb88ad232aba.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5bc018bb689753621b16c9f073537b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aea526aa5e89f37355c9af8c1d54274c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cec4e97b887ec97d337c2b4a1fa476cf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003314df84cd5a233f12da068c8f3386.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612695eb227426978794da27682669fc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0dbab341c9b6e97c710e175a28bf93.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cb781a047e6fa0c6ac993c0b3b01963.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71373759cdbd7a76df4469e94f2e2501.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206aae3b1cace108ead198412c195468.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de5434ba7e1a81a50ab356204a0cdd8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361c2e6b37cb6bca4132c2425af7b6ae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efc2154d38b9d810c5f6209e61373ef.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f53db3fe3345e0816b90f59e4908c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aebce687fe369b7446b2a5f712aeb36.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7fca63c745f4dbb8040817e4c59e93b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01fb4c44cb545f70f61dfe318bc67aa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a516350b6b64fc2bc16943e0bdc898c3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969388528381ee75ebde540e836fd459.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7500d55760c4510e457ef3f00eafd82a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a51341a10bd52f997880ee598bfdc4d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bbf5387d8e7b8488710f337c44d8b07.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca09f5ce1efc9c16c0cd1d8c4a877552.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb2b7d13244b5dc9ef47ac352fd4f496.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48b90fed6353c16b19a09f6e5df7a863.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b731a28e5512249c4411b85e10f69df6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636835368d1a4d8f7f7ba183105695ae.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017ce40d500f780618e5b0f8d44be59f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb20af8c91dd70edae17d567c7aabcc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,414 +1132,414 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579629</v>
+        <v>582452</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>88.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579636</v>
+        <v>582476</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>348.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579650</v>
+        <v>582513</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>129.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579698</v>
+        <v>582520</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>183.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579711</v>
+        <v>582575</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579773</v>
+        <v>582582</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>102.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579803</v>
+        <v>582599</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579810</v>
+        <v>582605</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>59.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579841</v>
+        <v>582612</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>101.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579858</v>
+        <v>582629</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>38.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579865</v>
+        <v>582636</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579872</v>
+        <v>582711</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>290.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579889</v>
+        <v>582766</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579933</v>
+        <v>582773</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>95.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579964</v>
+        <v>582780</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580069</v>
+        <v>582803</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>33.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580090</v>
+        <v>582889</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>75.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580199</v>
+        <v>582902</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580212</v>
+        <v>582919</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580229</v>
+        <v>582926</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
         <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>