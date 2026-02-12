--- v0 (2025-11-13)
+++ v1 (2026-02-12)
@@ -14,215 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 17:56</t>
-[...2 lines deleted...]
-    <t>SPEAKER MUSIC HERCULES HK-30 - USB - BLUETOOTH - AZUL</t>
+    <t>Lista gerada no: 12/02/2026 19:54</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-1925 - BLUETOOTH - 1 MICROFONE</t>
-[...2 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>FONE ECOPOWER EP-H126</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
-[...14 lines deleted...]
-    <t>RADIO ECOPOWER EP-F99</t>
+    <t>FONE ECOPOWER EP-H125</t>
+  </si>
+  <si>
+    <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
+  </si>
+  <si>
+    <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>PIRELLI</t>
+  </si>
+  <si>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL BELLA MA NB-23 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F108 - BATERIA - USB - SD - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-610 BLUETOOTH/USB/SD/FM</t>
-[...23 lines deleted...]
-    <t>DVD-R RIDATA 16X INKJET WHITE TUBO COM 50</t>
+    <t>GRAVADOR DE VOZ  SONY DIGITAL ICDPX470 - 4GB - 1073HORAS - USB</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
-    <t>RIDATA</t>
-[...71 lines deleted...]
-    <t>WAHL</t>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08635bd7da2d7f0ee921e23ce67b3966.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c149706194fe581c9812676b14fb2e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8e035bf45381f5f41a7d75e97209c0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/218a51f44787a3d5036ecba2a98b1f85.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f2f9e0a0f5d85608fa7850de9555da.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d92a5b49007ba7cfaf113e8d99af06f5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12a2a16bcf9854575bf1c08ea691e84.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f5530ae0c744de8223fc584ddb24d0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0a14bbcce5bf3e80a198d6e104f81d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650be36f0f3367144f17af95c9f18341.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43c7145755302a0aa96cf3621491b2a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873e18cd5db82b740c6223ac1671b765.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc98467720eab4c4c5dcd1f854e06d7e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48abf4faf283f6dacad9f2a2f1e2b00e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884c7d919004bd00ab5c9b512a143956.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ce5dacdc19f85a81bbc8c07063878a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0646e43574e402ac0b488b5ab98d8727.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/322b59e2a568be9c3c0e9254b03ce99d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec064dfca8b7074d380c5e04d6417c2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a094e4a587ad969c89dced445e929a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf3136807d3b5e418150e552f58e95da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0532dccf1e13a4d15055290a6973c023.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b794bafd1524a4a06ca4f497f0c1506c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd32dfd76c1599f539fd1179054a743.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28fe6782b28d0665421b4213beacbd88.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07db3d1d0c1ec15181f755ed47ff7e92.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8f85a266164fbd246c19a0dcf0fe77.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb9997a277c9054beaf4ea7e95a9332.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97200192c0ea121ffab5b8c95e7ca55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b764338cdb8fe071ede3537d938fc3f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36823d39500d3c6959aa373c13886833.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf4d31c6c58327f113c4e3753dcf9c4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b228dc8856ba3b5ff9302fb7ce0cdd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a25d8dd03a87959ca9d833697582ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e005741a6a7234a2f67d55e4720ff66e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3fde61600d9f0fa8aa0ec8e4083226d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09b82d60a39d6d8414e0d497870a868.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae1ee02fd1a6eab642bbcc3a806c76f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4656f8d466e1ac7dbdf73572eefd3678.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de4e1b911353982795fa4dfa89e40e3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>320078</v>
+        <v>353519</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.1</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>321129</v>
+        <v>353526</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>128.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>321594</v>
+        <v>353618</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>322058</v>
+        <v>353953</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>57.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>323321</v>
+        <v>354288</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>324960</v>
+        <v>354295</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>325257</v>
+        <v>356541</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>326360</v>
+        <v>356558</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>12.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>326377</v>
+        <v>356565</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>49.6</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>326414</v>
+        <v>357852</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>10.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>327633</v>
+        <v>358026</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>5.5</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>329545</v>
+        <v>358866</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>332149</v>
+        <v>359252</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>332811</v>
+        <v>360500</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>334433</v>
+        <v>361194</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>2.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>335058</v>
+        <v>361491</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>16.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>335126</v>
+        <v>363686</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>7.6</v>
+        <v>53.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>336789</v>
+        <v>363785</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>338196</v>
+        <v>364607</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>338523</v>
+        <v>365734</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>18.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>