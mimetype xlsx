--- v1 (2026-02-12)
+++ v2 (2026-03-31)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 19:54</t>
+    <t>Lista gerada no: 30/03/2026 22:04</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 8600W/220V - PRETO C/PINK</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 / 8600W / 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2226  USB/SD/FM/BLUETOOH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-GB110 - COM BINA - PRETO 2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-601PET - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 110V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2228 - USB - CARTAO SD - BLUETOOTH - RADIO FM</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>KOLKE</t>
   </si>
   <si>
     <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...4 lines deleted...]
-  <si>
     <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>FONE ECOPOWER EP-H126</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>FONE ECOPOWER EP-H125</t>
   </si>
   <si>
     <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
   </si>
   <si>
     <t>Kit DVR</t>
   </si>
   <si>
     <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
   </si>
   <si>
     <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
   </si>
   <si>
     <t>Esportivo</t>
   </si>
   <si>
     <t>PIRELLI</t>
-  </si>
-[...61 lines deleted...]
-    <t>Ferros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf3136807d3b5e418150e552f58e95da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0532dccf1e13a4d15055290a6973c023.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b794bafd1524a4a06ca4f497f0c1506c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd32dfd76c1599f539fd1179054a743.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28fe6782b28d0665421b4213beacbd88.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07db3d1d0c1ec15181f755ed47ff7e92.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8f85a266164fbd246c19a0dcf0fe77.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb9997a277c9054beaf4ea7e95a9332.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97200192c0ea121ffab5b8c95e7ca55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b764338cdb8fe071ede3537d938fc3f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36823d39500d3c6959aa373c13886833.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf4d31c6c58327f113c4e3753dcf9c4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b228dc8856ba3b5ff9302fb7ce0cdd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a25d8dd03a87959ca9d833697582ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e005741a6a7234a2f67d55e4720ff66e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3fde61600d9f0fa8aa0ec8e4083226d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09b82d60a39d6d8414e0d497870a868.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae1ee02fd1a6eab642bbcc3a806c76f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4656f8d466e1ac7dbdf73572eefd3678.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de4e1b911353982795fa4dfa89e40e3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d3999c4ee6b226b7cdfe303af6fc62.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a482aefd123e2c6ca0e8bd17124aca1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28560f612d5320627fa44fa96c997921.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4571e61850e2e13eb69bc70cb13e4030.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7c4ecc09e5671ca9bd1e9674463332e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b301b618a0b37a1a70d83cb75b308f10.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164de4f1ea31a0ccb2ce394b8a2e31e8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f87e363be9f84a55454ecedb8a18e6ea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3253bcc624c43537688c142b77c0eaa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4bccc9de36708e88978abc24f39d56.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee5943c6bb11265b89d6c49bfd69e32.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ea86953ad41b9e374bc8c5510ee8dd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e7ef84835f2eff03ec73b459bcc449.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf3af682a50515fd54b5154252a407c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8578b8c335164768a2d0914a6e1015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd5ed0bdba8f2749c4fb8324d8eda13.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d71ea7e9048dad5dec08069183e79e9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efeeebf24c5a604e8d9546f4fcfaf4fb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec7a6f71a94467a615301c718ad2f3c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74af8fa66df4b547863fb4f35f8c141c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1143,415 +1134,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>353519</v>
+        <v>346528</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>353526</v>
+        <v>346535</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>353618</v>
+        <v>347587</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>18.9</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>353953</v>
+        <v>350969</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>354288</v>
+        <v>352390</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>1.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>354295</v>
+        <v>352437</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>1.6</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>356541</v>
+        <v>352444</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>94.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>356558</v>
+        <v>352451</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>356565</v>
+        <v>352468</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>357852</v>
+        <v>352703</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>358026</v>
+        <v>353519</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>35.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>358866</v>
+        <v>353526</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>359252</v>
+        <v>353618</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>5.25</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>360500</v>
+        <v>353953</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>361194</v>
+        <v>354288</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>361491</v>
+        <v>354295</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>363686</v>
+        <v>356541</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>53.6</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>363785</v>
+        <v>356558</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>364607</v>
+        <v>356565</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>365734</v>
+        <v>357852</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>18.75</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>