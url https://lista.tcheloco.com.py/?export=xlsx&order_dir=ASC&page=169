--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,197 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 08:28</t>
-[...2 lines deleted...]
-    <t>LIQUIDIFICADOR RAF R.3970 SHAKE 600ML / 300W / 220V</t>
+    <t>Lista gerada no: 13/02/2026 01:19</t>
+  </si>
+  <si>
+    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8749 - AND/BT/USB/9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>KIT DE PANELAS + UTENSILIOS / OFERTA / 13 PCS</t>
-[...20 lines deleted...]
-    <t>Projetores de Luzes</t>
+    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>CHALEIRA ELETRICA RAF R.7230 - 5L - 220V/50/60HZ</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>PANELA PARA FAZER MACARRAO RAF R.5476 - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>BATERIA 9V MAXDAY -  CAIXA 10 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R14 - USB/TIPO-C</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CARROSSEL CON SPEAKER - SATE WH-E11</t>
-[...5 lines deleted...]
-    <t>FOGAO A GAS MARYLAND MR-G404 - 4 BOCAS</t>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV919 - LILAS</t>
+  </si>
+  <si>
+    <t>ESCOVA COM SECADOR MULTILASER EB116EU - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MULTILASER CE077EUR - 100W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BIGSTAR BSP-3015-S POWER - 350W - 220V</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI MBC27 - C201</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI PB2020MI - 20000MAH - CINZA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 WADFOW WJX2K32 - 5 PCS</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO FOSTON X3 PRO - PRETO - 10.400MAH - S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>MARYLAND</t>
-[...74 lines deleted...]
-    <t>TRIANGULO DE SINALIZACAO OM-18870</t>
+    <t>ECOLINK</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR RF-01 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>HD TOSHIBA S300 HDWT720 - SURVEILLANCE - 2TB - SATA3</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd275d0b87d4c7c4c1aa60f2f5f0ea63.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ee17f42266c86028ca338fda0b381c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c07db7e82286d48bbcff5035e646e6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca427e65d7dc30863aee7201595b59b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4664f718a0f1cbd617acb7866c19ac26.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0e9454a99d7f999f377de723582e8b3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7bded74279815f65903a1a5ae94362a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea22a82a5c80902b206a004ce172012.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c45bcf193e4c0d2261985a5c31374d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e8c3138384d81b625fb39c893ea0cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66fe23a32521ffda663bef926447d82f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65a3089a150980061724b1e83ae3e125.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e58173b7b671477e95b890dd24e306.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832e5070c9cf96e20046856c8350bd33.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94720f89d4da9e9e674698a86355e0f6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148e246945cbde20a946ec8ea5476a8e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed9f9e0bf853fc79269bd95380818e57.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df686fdf43d9423cb0e509ffa79c139.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d7c33d197990791ea082ac6201f465.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e013d510077b5bcb496fb5aacae36cd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cbb49ad087b2a23a2347a8aa80dcf4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2137f355db254d6817784a3bd3c444ed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c78ea49274df5cc0c740e7c173eacfab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421341fbc0e93c1def8dcdf0a4bebc63.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01fdb2cac109aece0c636f289257632.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e489e598890c7ecc8af135d230e8fcd9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1ede664f83a3b8a3f881eec8cd4fd4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce65cfab611bf7386e1716aae7acd6d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1faa0ecda17cc97d6037d01312eaaee8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2513333179fdfcaa7c6a8e91bf897d2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416e07f7a5fe3d838c21fa9590b442af.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30abeaa294cb20cabcdd44d9cc8f7d9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3254d30bcfce6ed7b59f11165c279d97.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89cfe6c52c9069ef20f7b1c7932e617e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52caf36b5ce5a1fa69891bcb2ad923d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d354411991380ed3ccc526fc696ac9d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee726be4344e17aee101fe36f7fe0f8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34f0ccafa0f2ecea0a440a9e1a90f127.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b163e48dae3b21b1bc07d177fe388f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c009d11aa5d492ac492f824cc889a7b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568715</v>
+        <v>579360</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568722</v>
+        <v>579377</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568739</v>
+        <v>579391</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568753</v>
+        <v>579407</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>51.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568777</v>
+        <v>579414</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568784</v>
+        <v>579438</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568791</v>
+        <v>579445</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>47.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568821</v>
+        <v>579452</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568845</v>
+        <v>579476</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>2.6</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568852</v>
+        <v>579483</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>2.6</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568869</v>
+        <v>579506</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>2.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568876</v>
+        <v>579520</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568913</v>
+        <v>579537</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568937</v>
+        <v>579544</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>1.2</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568944</v>
+        <v>579551</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>1.2</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568968</v>
+        <v>579568</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568975</v>
+        <v>579575</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>1.1</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568999</v>
+        <v>579582</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>16.25</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569002</v>
+        <v>579599</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569040</v>
+        <v>579612</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>2.5</v>
+        <v>72.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>