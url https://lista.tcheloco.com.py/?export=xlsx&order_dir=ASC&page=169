--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,215 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 01:19</t>
-[...14 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>Lista gerada no: 31/03/2026 04:10</t>
+  </si>
+  <si>
+    <t>CADEADO 75MM SHAN HUA - 20309 - UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA TORRE A03U - 12 TOMADAS - 3 USB</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR BLU TANK II 2.4 T196 - DUAL SIM - PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
-[...2 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA SATE A-WS7705</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8801</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7040 - 1 USB-C - 3.0A - 45W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF167 - 5L - 2 EM 1 - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF168 - 5L - 220V</t>
+  </si>
+  <si>
+    <t>CAMERA VIDEO CAR (DVR) - ECOPOWER EP-8769</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD 2 4G - 11'' - 128GB - 4 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - LUO LU-4987</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>TABLET LUO P29 5G / DUAL SIM / 8.0" / 32GB / COM TECLADO / PRETO</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA RAF R.8064 - 4 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
-[...113 lines deleted...]
-    <t>TOSHIBA</t>
+    <t>SPEAKER ECOPOWER EP-2279 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cbb49ad087b2a23a2347a8aa80dcf4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2137f355db254d6817784a3bd3c444ed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c78ea49274df5cc0c740e7c173eacfab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421341fbc0e93c1def8dcdf0a4bebc63.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01fdb2cac109aece0c636f289257632.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e489e598890c7ecc8af135d230e8fcd9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1ede664f83a3b8a3f881eec8cd4fd4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce65cfab611bf7386e1716aae7acd6d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1faa0ecda17cc97d6037d01312eaaee8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2513333179fdfcaa7c6a8e91bf897d2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416e07f7a5fe3d838c21fa9590b442af.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30abeaa294cb20cabcdd44d9cc8f7d9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3254d30bcfce6ed7b59f11165c279d97.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89cfe6c52c9069ef20f7b1c7932e617e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52caf36b5ce5a1fa69891bcb2ad923d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d354411991380ed3ccc526fc696ac9d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee726be4344e17aee101fe36f7fe0f8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34f0ccafa0f2ecea0a440a9e1a90f127.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b163e48dae3b21b1bc07d177fe388f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c009d11aa5d492ac492f824cc889a7b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72943ff4ddbb4417f12a1cb3de2eceb3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea72110f5825afcbb8780678fdff62d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72f73713a67f60c4e581c11a8b34143.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ca079439d238f72fe512742d1b5395.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922ec534ae598b6d2f5a1eb4917e13f4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f641ae3a3ba0e45795a39184e36260c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2567883f00712cd286937ff58130bc7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273d63c623628548fb236db2ba11d06c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714ec0baac6cdfbacbd598e5527e2213.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2225658d77c5840a652efa21a803ab23.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d67464b1878d2ed432c5cf05e5b5598.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8c4dad5e1f0fcf64811c0bccf35d37.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503b4d179345c45575aa14b285263819.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28cad7467319f55af926af10a801750.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4028ead381b62e86b9fea1e03e864636.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4101faafc5bf341c5972097503b96960.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43648ca420ccb22b804726827dd07246.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540e16d6dec9af40fc6934fcb930ef65.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7704ef42a4748ef80b9f3221ff4b7f20.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b65e88e22c83d2fdf92eace23d7a29.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579360</v>
+        <v>581974</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>40.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579377</v>
+        <v>581981</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>72.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579391</v>
+        <v>581998</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579407</v>
+        <v>582001</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579414</v>
+        <v>582018</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>16.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579438</v>
+        <v>582032</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579445</v>
+        <v>582056</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579452</v>
+        <v>582063</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579476</v>
+        <v>582087</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579483</v>
+        <v>582094</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.9</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579506</v>
+        <v>582179</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579520</v>
+        <v>582209</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579537</v>
+        <v>582223</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>24.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579544</v>
+        <v>582230</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579551</v>
+        <v>582322</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>1.03</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579568</v>
+        <v>582346</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>225.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579575</v>
+        <v>582353</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>135.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579582</v>
+        <v>582384</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>16.25</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579599</v>
+        <v>582421</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
         <v>50</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579612</v>
+        <v>582445</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>72.5</v>
+        <v>68.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>