--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 08:45</t>
-[...5 lines deleted...]
-    <t>Drones</t>
+    <t>Lista gerada no: 29/12/2025 16:35</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR PET 3 EM 1 - VGR V-219</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-117 BARBA/CABELO 6 EM 1 / LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-173 BARBA/CABELO - 13 EM 1 - LCD</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 20CM  - SEM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CAFETEIRA 3 EM 1 RAF R.1950 - 220V</t>
-[...11 lines deleted...]
-    <t>Televis�es</t>
+    <t>FONE DE OUVIDO LUO LU-995 TIGRE / BLT / LED / AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>TV 43'' SMART LED MTEK MK43FSGF / FHD / GOOGLE TV</t>
-[...17 lines deleted...]
-    <t>REFLETOR LED ECOPOWER EP-4929 - 50W</t>
+    <t>FONE DE OUVIDO LUO LU-994 - BLT - LED - PEIXE/AZUL</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E125 / WIFI / 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>WAFFLERA SONIFER SF-6191 - 750W - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>WAFFLERA SONIFER SF-6057 - 900W - 220V</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CEL LUO LU-496 MAGNETIC</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL95 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL93 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60032 - 11L - 220V</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-87 - RGB - 4  BOTOES</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM10 - RGB - 8 BOTOES</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM09 - RGB - 7 BOTOES</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-10-BI - BIVOLT</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 - 220V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-09M - 110V</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-XPG300W - BIVOLT</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...68 lines deleted...]
-    <t>Panelas e frigideiras</t>
+    <t>JORTAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8604cb0bb81e310a9109b79a983c83.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e9b0919a1c9a9b0b1ea92d1d1ccaae4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2474181317c4f50375afd8b892897261.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0eb5c9b9840325d76755be68f621c0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03d7c2d8d53ca15cb4ea08feafcbc08.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65bdf02ef42a3383fa620a7941fe2be1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae4e3a8b0d967c8253a857aaf451e6c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f0579aae90d2752a368f37fd8ece2d1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e9978a6c714bd059e01390e12cdd1da.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a981e109cb0a45ea010bcbf4d6994990.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42ecbcb026632cc94507961292b0a9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ab7b004365ba98b78e7d32ded18cd1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d247737f96f72b4e7cbd70c1f64f894.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46887f53ac2570e0c51697194d2f69b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27ea42d0e78ee547b5cbebbbee7f7a0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4d15d10531416b6117a448d6d76742.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb095e06c44b81f17f0d542a5ed5c928.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11a2467a9314c6052e34993bfaed16eb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9da431500f6a3bc0644723b4f0932d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353ce520b6e7c81e8e0672f3ac8b43e5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c1aca74ae2b2d660684e015e04580aa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b131949dffba8f6a0e4d624b5dd6e312.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e61b30b7777681da34969f0acd5d28b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e90286ffc1aafee421a6d34c7457652.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9753d7db0c81ae7878e8be817f8e17e2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07756c36f9d2c7cf662d7205ad00b8ce.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adac16f4114d0fb5cfcab2f9369aa95.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722b454b258a04b5dc4ad99a91a35941.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3504fc998df52dcceebc0b1dac36f700.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f22a40d3b37f2a912c2ddcfd535f6f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac94a38e0d179ec32750b14cf331037.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd264581d260e7d70cb13472d41723f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a377b451233bb74d210074d1e0ec3cdd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0100b8f4b5d45e99b7a030726cc49d6f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65673415ca637a5761067cdcf1237aeb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce797988853f2d7f338295fdfc005f3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0cc8b466dc6e03902c36691574657e6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777ed0e23c95bd0459c28488ba97b470.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007fdc060a6e984cc8cee5d92badaca1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e191f3a23b28022da36f2577758e2f76.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1136,413 +1130,413 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568302</v>
+        <v>575423</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>29.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568333</v>
+        <v>575430</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>72.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568364</v>
+        <v>575447</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>88.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568425</v>
+        <v>575454</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>175.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568456</v>
+        <v>575461</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>97.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568463</v>
+        <v>575478</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>115.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568470</v>
+        <v>575515</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568487</v>
+        <v>575539</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>5.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568494</v>
+        <v>575546</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568531</v>
+        <v>575607</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568562</v>
+        <v>575638</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568579</v>
+        <v>575645</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>31.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568654</v>
+        <v>575690</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568661</v>
+        <v>575706</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568678</v>
+        <v>575720</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568685</v>
+        <v>575744</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568692</v>
+        <v>575751</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568708</v>
+        <v>575768</v>
       </c>
       <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568715</v>
+        <v>575775</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568722</v>
+        <v>575812</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
         <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>