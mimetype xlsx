--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 16:35</t>
+    <t>Lista gerada no: 29/12/2025 17:57</t>
   </si>
   <si>
     <t>MAQUINA DE TOSAR PET 3 EM 1 - VGR V-219</t>
   </si>
   <si>
     <t>Pet</t>
   </si>
   <si>
     <t>VGR</t>
   </si>
   <si>
     <t>MAQUINA DE VGR V-117 BARBA/CABELO 6 EM 1 / LCD</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>MAQUINA VGR V-173 BARBA/CABELO - 13 EM 1 - LCD</t>
   </si>
   <si>
     <t>CANIVETE COM TRAVA 20CM  - SEM CAPA</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c1aca74ae2b2d660684e015e04580aa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b131949dffba8f6a0e4d624b5dd6e312.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e61b30b7777681da34969f0acd5d28b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e90286ffc1aafee421a6d34c7457652.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9753d7db0c81ae7878e8be817f8e17e2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07756c36f9d2c7cf662d7205ad00b8ce.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adac16f4114d0fb5cfcab2f9369aa95.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722b454b258a04b5dc4ad99a91a35941.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3504fc998df52dcceebc0b1dac36f700.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f22a40d3b37f2a912c2ddcfd535f6f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac94a38e0d179ec32750b14cf331037.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd264581d260e7d70cb13472d41723f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a377b451233bb74d210074d1e0ec3cdd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0100b8f4b5d45e99b7a030726cc49d6f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65673415ca637a5761067cdcf1237aeb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce797988853f2d7f338295fdfc005f3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0cc8b466dc6e03902c36691574657e6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777ed0e23c95bd0459c28488ba97b470.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007fdc060a6e984cc8cee5d92badaca1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e191f3a23b28022da36f2577758e2f76.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf4dfb5c676d41a51f15dcbf32b11a3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d869b3355c5c9ad754d2c479bb8fd10c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f9c146c72e0a1a7e15ec153b1445cac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b735e4ef5960a30e09b3dc90b1af6472.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8b69bb32bc545f80e81195aca100c4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b539c4dac1d70b73032a18798ceb95ed.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5545f8e227f30b0b7ad69b512f7d0a7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba393455d34734332d4fd93cc52aa23.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff50c5c33acb99a7a82d59e9b8d8f3c1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69db0e8fa4a26d8dd69b266b1900d41e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f183b0318b4104f0e0c1c801dd6c401.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d6fc332ebdcfc82f8757c267f9d9c5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8162d2f309f41561ce916ee7ade876ea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/289b5bc608950c072baaa2ebbab88555.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d204bb8f9f7558058b12e1d43c7b7d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f590ccc66d063161efa20857c3975d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47091cba6ed4a79baf2373ec974166ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6624c0ba76f6abfca579d582dd5442eb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e931020f1229e791355840302cb4609.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbaa954861cbf8f67884d8761d67331.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>