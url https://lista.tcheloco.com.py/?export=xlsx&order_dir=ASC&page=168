--- v2 (2025-12-29)
+++ v3 (2026-02-13)
@@ -14,188 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:57</t>
-[...32 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 13/02/2026 02:35</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 624 - 6"5 - 40WRMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F327 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.8612 - VERTICAL - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80006 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI PHT-083 - MINI - REC / 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC - HAVIT KB2008-PB - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E120 - WIFI - 3CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO LUO LU-994 - BLT - LED - PEIXE/AZUL</t>
-[...8 lines deleted...]
-    <t>WAFFLERA SONIFER SF-6191 - 750W - 220V</t>
+    <t>MASSAGEADOR CORPORAL LUO LU-4999 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>SONIFER</t>
-[...62 lines deleted...]
-    <t>JORTAN</t>
+    <t>RCA</t>
+  </si>
+  <si>
+    <t>BF FRITADEIRA AIR FRYER RCA RCAF50B - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>APARELHO GAME CONSOLE PORT�TIL R36S - 3.5"- 64G - 1G - PRETO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT MARS MULTILASER-H041EUR</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf4dfb5c676d41a51f15dcbf32b11a3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d869b3355c5c9ad754d2c479bb8fd10c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f9c146c72e0a1a7e15ec153b1445cac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b735e4ef5960a30e09b3dc90b1af6472.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8b69bb32bc545f80e81195aca100c4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b539c4dac1d70b73032a18798ceb95ed.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5545f8e227f30b0b7ad69b512f7d0a7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba393455d34734332d4fd93cc52aa23.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff50c5c33acb99a7a82d59e9b8d8f3c1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69db0e8fa4a26d8dd69b266b1900d41e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f183b0318b4104f0e0c1c801dd6c401.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d6fc332ebdcfc82f8757c267f9d9c5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8162d2f309f41561ce916ee7ade876ea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/289b5bc608950c072baaa2ebbab88555.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d204bb8f9f7558058b12e1d43c7b7d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f590ccc66d063161efa20857c3975d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47091cba6ed4a79baf2373ec974166ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6624c0ba76f6abfca579d582dd5442eb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e931020f1229e791355840302cb4609.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dbaa954861cbf8f67884d8761d67331.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2627aa806cd59366f20d02accb9b3094.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4197bd7205dbd36341a06dd406ceeb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f9f8d04785ccd34694a51b75dc2fa5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c36e77f27fa0670978fb9a28083b04f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4845c2a6d238d715cebdd9b66a15dd4a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0030fa357a28bc4c81f5b0b7f5f4cfc6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed93a59983dbceba7f368ad9e62e53f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41c2eafedfc48170a232485aec1a5c3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aaf3b03473bf5aef37d551374ecfb05.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ebd2cd2d48e97e5957763d7dcab7d4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d6598e6bf04021bf9aca476019fd05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1310ae869ea83bc0891ec884a7ab564.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988ae746b26d2d209f99535196851f8b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5912cc4e34247a03391ea5418a3d7fff.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702fa58ba2ebe3c08fd6dead8f3690f1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30eba8af9cf24b20d5ac11b402d9029c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06305380c336e8f76877e9acf02d2f1e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a357520c5240b80a4f99c3dd8af6988b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087587b469733b27c2d63adf7d3ebcd0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818bef41803250dee3988b1f50f5283d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575423</v>
+        <v>579056</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575430</v>
+        <v>579063</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575447</v>
+        <v>579070</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>26.0</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575454</v>
+        <v>579087</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575461</v>
+        <v>579094</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575478</v>
+        <v>579100</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575515</v>
+        <v>579117</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>21.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575539</v>
+        <v>579124</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575546</v>
+        <v>579148</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575607</v>
+        <v>579155</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>26</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575638</v>
+        <v>579179</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575645</v>
+        <v>579193</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575690</v>
+        <v>579209</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>67.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575706</v>
+        <v>579216</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>3.8</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575720</v>
+        <v>579223</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575744</v>
+        <v>579247</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575751</v>
+        <v>579261</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575768</v>
+        <v>579278</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>25.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575775</v>
+        <v>579315</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575812</v>
+        <v>579339</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>49.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>