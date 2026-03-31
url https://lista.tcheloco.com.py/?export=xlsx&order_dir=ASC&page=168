--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -14,215 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:35</t>
-[...20 lines deleted...]
-    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+    <t>Lista gerada no: 31/03/2026 05:57</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2286 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC SATE AK-962 - USB/ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC SATE AK-961 - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>HD SSD IMPERIUM X10 - 512GB - 2.5'' SATA SSD</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>IMPERIUM</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8757 - BT/USB 10.33"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8741 - BT/USB/ 10.1"</t>
+  </si>
+  <si>
+    <t>TELA CAR ECOPOWER EP-8754 BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>TV SMART 32'' SUNLIGHT - 22000 - 4K UHD</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HEIKO 18000BTU - 220V/60HZ - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HEIKO</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - PRATA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - CINZA</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO VIII / 32GB / KIDS / NARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8777 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CADEADO 75MM SHAN HUA - 20309 - UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA TORRE A03U - 12 TOMADAS - 3 USB</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR BLU TANK II 2.4 T196 - DUAL SIM - PRETO/VERMELHO</t>
   </si>
   <si>
     <t>Celulares Blu</t>
   </si>
   <si>
     <t>BLU</t>
   </si>
   <si>
-    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
-[...113 lines deleted...]
-    <t>MULTILASER</t>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2627aa806cd59366f20d02accb9b3094.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4197bd7205dbd36341a06dd406ceeb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f9f8d04785ccd34694a51b75dc2fa5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c36e77f27fa0670978fb9a28083b04f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4845c2a6d238d715cebdd9b66a15dd4a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0030fa357a28bc4c81f5b0b7f5f4cfc6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed93a59983dbceba7f368ad9e62e53f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41c2eafedfc48170a232485aec1a5c3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aaf3b03473bf5aef37d551374ecfb05.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ebd2cd2d48e97e5957763d7dcab7d4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d6598e6bf04021bf9aca476019fd05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1310ae869ea83bc0891ec884a7ab564.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/988ae746b26d2d209f99535196851f8b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5912cc4e34247a03391ea5418a3d7fff.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702fa58ba2ebe3c08fd6dead8f3690f1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30eba8af9cf24b20d5ac11b402d9029c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06305380c336e8f76877e9acf02d2f1e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a357520c5240b80a4f99c3dd8af6988b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087587b469733b27c2d63adf7d3ebcd0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818bef41803250dee3988b1f50f5283d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8383d8a8bef340e1747922e99fbe9b4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb9502a490ac448a00c5defdb38254a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a35c52f28a811059e524b92a1cc7a1c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8124f3db92f3a79eca3474f92dea7e3a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0991f202265c9ee45d00397965e09293.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bbf61ea6ad1d0f27411f6cca08ffb00.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32251a6bc1415f739630070b7590bd4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69dc3c4ea0df0f631dbdf072cc70794.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0a565fb8795976b35a7f95e232dd8d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c826421fb68dcf298efceacea20d8fd6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc98eeb2257cb1f750dbd6504d486718.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51482534c9bb434b324a808b51d4c65d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d905585d6617357c3222de8eebd7d8d8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e0a2ac51341f9cb7ac52064d499366.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410b2c1e46812c664e339a22fe07ae53.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8814056ed3ff5af12737cee441324d3d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50626a990bc222ad4739521f0fd4c9d1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14f69a97f197f702948163da3dfab936.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45f1634b0f01ef5e87fc1c31e90635c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d598650907e4c918f7ec832b67ed5b41.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579056</v>
+        <v>581691</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579063</v>
+        <v>581714</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579070</v>
+        <v>581721</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>22.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579087</v>
+        <v>581738</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579094</v>
+        <v>581752</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579100</v>
+        <v>581783</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579117</v>
+        <v>581790</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579124</v>
+        <v>581806</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579148</v>
+        <v>581813</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579155</v>
+        <v>581899</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>35.5</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579179</v>
+        <v>581912</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>73.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579193</v>
+        <v>581929</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>305.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579209</v>
+        <v>581943</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>19.5</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579216</v>
+        <v>581950</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579223</v>
+        <v>581974</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579247</v>
+        <v>581981</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>19.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579261</v>
+        <v>581998</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579278</v>
+        <v>582001</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
         <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579315</v>
+        <v>582018</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>35.0</v>
+        <v>16.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579339</v>
+        <v>582032</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>49.9</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>