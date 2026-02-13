--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,203 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 10:18</t>
-[...11 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO ECOPOWER EP-2801 - 220V/60HZ</t>
+    <t>Lista gerada no: 13/02/2026 02:46</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1805 - BLT/FM/TWS</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S323 - BLT/FM/TWS</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA BOLA DE CRISTAL 6CM - 18407</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA MOX-KIC04 - 2 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>ACESSORIO CHAVE SETA E BUZINA PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE JH-6650 / ELETRICO / TEMP / AZUL</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 3210 4G - DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR XO-C151 METAL/360�/MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F306 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - MEGASTAR FMA13</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC082 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC078 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2815 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2816 - DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR 7 EM 1 - ECOPOWER EP-2817 DIGITAL - RECARREGAVEL</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...101 lines deleted...]
-    <t>FONE DE OUVIDO ECOPOWER EP-H139 - BLT - TWS</t>
+    <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER NE-7S - BLUETOOTH - PRETO</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>OTG TIPO-C - USB</t>
-[...5 lines deleted...]
-    <t>FONE DE OUIVIDO LUO LU-995 PANDA / BLT / LED / PRETO</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR PROSPER P-201 - 3.5L - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA PROSPER P0121 - 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915edf11048bb5a000b050282ffeae55.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd1556f41507953a0a7f09c6d259754.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8a6456bad87097c3da5c5badfc689e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4027d0cdca0350126d05493a3d9fa568.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361332a5de3d0416d0f60b7f90a71651.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b58737884c1111b069e14611f5cbced4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/432675bd7e220c9f9b4e75c2c4a7a6a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9da7c536210b986ebfe9e2cee82e3dba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1912533043d1dbe901a563e72cde437.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d069dccc9ce44df5af90c16f32216b14.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4ddb769285b2d0029241efd8e884d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24103f926191cd68ccd81246b04174e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2b768931259eb10619cb4b9c8236388.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1941bf762147261bc676395164126300.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b6907e875fa88754a50e03176e51276.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecadf2463ca2e04664144fdb021d3cdd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7728b1028d44c3ae419457f302e95793.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f369609df90ce57674e6c0bdb0ef9e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94744b7b2cd73e8115477960d8e1e951.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e561dae8b761ddef13454a754588b64d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34943b0a22a4bf213e488d27c636f7d0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4cfb7da80b6367e1991b1a95339778b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0475fa788d271bd375db97d9b53a7bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcb460e8f87e52952a347c9568f013d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d11b2848bbe863d3861e07bd6dfc40.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a09023e49f82af47f45e282cf37594d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6620a253c60489f93012700eae609313.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b53295168f82c9d55bd513c34207cb0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73219cbe76578293f1e98a5b706beba0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35bdb7ae6fc905a7a02ecc849a06645.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75536bd982005885a6b80579c3282ec.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe8c5731706b0d9c173276332fa61e1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39adbdba17b3d3e74e7e600513b8e53f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dac8e56bbd0110ce327ff987a7c94b3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8592a1442513330c3ba667346313e29a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b5728928dd8358bdf11b7a2b0151.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49247b9c8ec08d7adf40044a2b7d0814.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fdd501890e09cb2d7b78ff69cced005.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e2f3a4dbee9424f54f3b87094eed5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6261fd078e5b4271184210e32ea9163a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568067</v>
+        <v>578776</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.5</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568081</v>
+        <v>578783</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568098</v>
+        <v>578790</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568104</v>
+        <v>578813</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568135</v>
+        <v>578820</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>60.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568166</v>
+        <v>578837</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568180</v>
+        <v>578875</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
         <v>21.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568227</v>
+        <v>578882</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568241</v>
+        <v>578899</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568272</v>
+        <v>578905</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>10.6</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568302</v>
+        <v>578912</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>29.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568333</v>
+        <v>578929</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>72.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568364</v>
+        <v>578967</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>88.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568425</v>
+        <v>578974</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>175.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568456</v>
+        <v>578981</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>97.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568463</v>
+        <v>578998</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>115.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568470</v>
+        <v>579001</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568487</v>
+        <v>579018</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>5.75</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568494</v>
+        <v>579025</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568531</v>
+        <v>579049</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>