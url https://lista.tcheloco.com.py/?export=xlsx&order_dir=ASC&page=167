--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,212 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:46</t>
-[...17 lines deleted...]
-    <t>LUZ DECORATIVA BOLA DE CRISTAL 6CM - 18407</t>
+    <t>Lista gerada no: 31/03/2026 05:59</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403W - BRANCO - 4 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403 - PRETO - 4 PCS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE  HYE-INV18ABW - 18000BTU - 50HZ / 60HZ / INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COR QUENTE 20732 - 100 LED - 220V</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...20 lines deleted...]
-    <t>RELOGIO DE PAREDE JH-6650 / ELETRICO / TEMP / AZUL</t>
+    <t>RADIO RELOGIO ALARME PHILCO PAR3206BT FM/USB/BLT - BIVOLT - 50-60HZ</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO ALARME PHILCO PAR3120BT FM/USB/BLT - BIVOLT - 50-60HZ</t>
   </si>
   <si>
     <t>Relogio de parede e mesa</t>
   </si>
   <si>
-    <t>KENKO</t>
-[...56 lines deleted...]
-    <t>MAQUINA DE BARBEAR 7 EM 1 - ECOPOWER EP-2817 DIGITAL - RECARREGAVEL</t>
+    <t>LED PISCA-PISCA CORES - CORTINA - INOVA LED-8-08</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - ROSA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - AZUL/ROSA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - LILAS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED INOVA LED-613 - 100W / E27</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 5 EM 1 BRITANIA BMP2000 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-16 - 110V</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-20 - 110V</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-I24ABW - 24000BTU - 50HZ COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-INV30ABW - 30000BTU - 50HZ/60HZ/ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-990 BARBA/CABELO</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
-[...26 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A36 5G (A366E) - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>TV 32" HYE SMART LED HYE32ATHQ - QLED/SMART/AND 14</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34943b0a22a4bf213e488d27c636f7d0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4cfb7da80b6367e1991b1a95339778b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0475fa788d271bd375db97d9b53a7bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afcb460e8f87e52952a347c9568f013d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68d11b2848bbe863d3861e07bd6dfc40.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a09023e49f82af47f45e282cf37594d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6620a253c60489f93012700eae609313.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b53295168f82c9d55bd513c34207cb0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73219cbe76578293f1e98a5b706beba0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35bdb7ae6fc905a7a02ecc849a06645.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75536bd982005885a6b80579c3282ec.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe8c5731706b0d9c173276332fa61e1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39adbdba17b3d3e74e7e600513b8e53f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dac8e56bbd0110ce327ff987a7c94b3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8592a1442513330c3ba667346313e29a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d425b5728928dd8358bdf11b7a2b0151.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49247b9c8ec08d7adf40044a2b7d0814.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fdd501890e09cb2d7b78ff69cced005.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070e2f3a4dbee9424f54f3b87094eed5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6261fd078e5b4271184210e32ea9163a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc70b0db7c685f8b37fbcc91f97c460.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32eac55b94b9f250d03f8f24515c27cb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292dc1fbf9c7a9e9fea69341304f4868.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7708591f3b56cde44cbc9e190157410.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00cce7b638f5d3c6a484399451c80a2d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db2c6553a3c54c896c4c821dc7addfa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19301da66dd948d447312e261ab4bb13.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/685df168996f13af49ee19778c31e0cc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe0f679c778083ce40a35958e0e0e85.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ac03c5bfd439aab78b27ad31b7ecdf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7e14d770c8427f7e97733c0b3622ae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91c53191235cb674f013294545974f1e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16cc860a41d6c8acc34306732caab392.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5006291cbcd7ff6e731f86a3ffa7126b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853004849cac35287515b728a25a1ef6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c816c964e3bec5bc60d3c95e3cc25bba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e7e1da9a68ffde646f3a63c3399362.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf32f1d7b4dd567304b4e2268f37833.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d40d70aca84a3130c26209051666fcc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b74dfb5fda58998565ab2e89eae708.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578776</v>
+        <v>581301</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>27.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578783</v>
+        <v>581332</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>127.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578790</v>
+        <v>581349</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>2.5</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578813</v>
+        <v>581363</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578820</v>
+        <v>581370</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578837</v>
+        <v>581387</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578875</v>
+        <v>581400</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>21.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578882</v>
+        <v>581417</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578899</v>
+        <v>581424</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578905</v>
+        <v>581431</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578912</v>
+        <v>581448</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578929</v>
+        <v>581455</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578967</v>
+        <v>581479</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578974</v>
+        <v>581493</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578981</v>
+        <v>581509</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578998</v>
+        <v>581547</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>20.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579001</v>
+        <v>581561</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579018</v>
+        <v>581585</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579025</v>
+        <v>581639</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579049</v>
+        <v>581653</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>91.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>