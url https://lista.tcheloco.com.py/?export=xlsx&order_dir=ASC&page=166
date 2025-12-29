--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,200 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 10:17</t>
-[...5 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 29/12/2025 17:58</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA WADFOW AA X4</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA WADFOW AAA X4</t>
+  </si>
+  <si>
+    <t>FERRO DE VIAGEM A VAPOR ONIDA ON-996 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 10201 / FM / MIC / USB / TF / BT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO MOX MO-KS402 - 40KG - 220V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO ECOPOWER EP-C037 - 4.3"</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-1923 / USB / SD / FM / BLT</t>
-[...5 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>CELULAR XIAOMI POCO C85 / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>ESCOVA 3 EM 1 ONIDA ON-383 - BIVOLT - PRETO-VERMELHO</t>
-[...83 lines deleted...]
-    <t>MAQUINA BARBEADOR ECOPOWER EP-381 - BIVOLT</t>
+    <t>SORVETEIRA RAF R.0901Y - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA ECOPOWER EP-8520 - 46 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA ECOPOWER EP-8520 - 96 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA NOBEL HOME NH-02225 - 2.5L - COLOR</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR MULTILASER EB024EUR - 3 EM 1</t>
   </si>
   <si>
     <t>Barbeadores</t>
   </si>
   <si>
-    <t>SECADOR DSP 37093 MS PRO DRYER - 2200W - 220V</t>
-[...14 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MULTILASER EB056EUR - 220V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO XIAOMI S200 BHR9230GL - BRANCO</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MEGA GRILL ELECTROBRAS EBGR-50 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA GRANDE KODAK D X2</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>BALAN�A ANALOGICA DE COZINHA OM-7599 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO &amp; FRITADEIRA AIR FRYER NAPPO NEH-247 - 28L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO V / 32GB / KIDS / LARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO GREE  9000BTU - 220V/50HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>GREE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3be3f7702ed5ad5a0f9a5929186aa0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd92e8ed6ed60a43fbe2e808530fa41.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17347322c0e434522645c3a5e23628cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab6e93b0faf97e89dfc5aae3cd8c1cf7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917e7a3d1cafd8e9ae5471e68dd152b7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9605d1047a998a275678dc9532906b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e7661a02f5705474b7e8f6442e4864e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba1ab0bf75a9037cc15c05516bb381c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64285eb5d5d96326c85dc1c7fc460777.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0e5ddaf6c9123f9823c0edcb052e56.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e35ef5345d30a7033fa349b6b8fbc38.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/718f07e65552908d66bfb5fbb204581e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fecbddcf3959b530d9c97b4d2344d4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96c4e1d4dc1c39f15848c3145c0e5842.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51034c2d056f43d238e27e85a6fca659.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3950f1eeb070a6b29eb2ff1a9bb60030.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f018fa4c1eab8ea62a430ebe5d2bfb4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae4a373f598b1c23d321b14f12c7c97.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545f76b164db1a93ccd80ae7963b15a8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95bed8067cb864cb1dca21df035250d5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ac2f3d8326604c807a45484f2e0f0d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9225ad91503c4378a04987270061048f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f7c60a4ddf3c7ce85c75e7533f9c7b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbb988c4635b372b2a7ebdb9b889fb0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928113417ca67c53e79ed4e851e3c1e9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97acf96fa3db123ddfc280cb6d0340d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09daad1d575f3bd4f248bdeea233cd2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf15110adf81c6d1ae86d2e72dc5ab99.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3792e331813447a68609d00ce0893e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61856eb115963503610ab984b39a35ad.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e5e42a02061e215ef0f14fb0eed82f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088ed41d8d1930550310ea97279526fc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a749bba30cf19e252fa7c5adad1405a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bdce4213428f3b9c92bb838451d4acf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b409fb41ec276eaa5245121af8772ac5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b19e426900a65650e6f424300c51840.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72f9b623b90e78dd146697338c308d79.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2efac22d3cf4a1466950151f8e3bb5d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/165f82928e8f0eb4985f0637a7229d49.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a907db6cd49466c4626a284462cb9380.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567695</v>
+        <v>574648</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>35.0</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567701</v>
+        <v>574655</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>42.0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567725</v>
+        <v>574679</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567749</v>
+        <v>574686</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567756</v>
+        <v>574693</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567794</v>
+        <v>574709</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567831</v>
+        <v>574716</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567848</v>
+        <v>574761</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567855</v>
+        <v>574792</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567862</v>
+        <v>574808</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567909</v>
+        <v>574839</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>17.5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567916</v>
+        <v>574846</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567930</v>
+        <v>574853</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>175.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567947</v>
+        <v>574884</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>52.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567954</v>
+        <v>574914</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567978</v>
+        <v>574921</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>79.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567985</v>
+        <v>574952</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568036</v>
+        <v>574983</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="F19" s="3">
-        <v>23.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568043</v>
+        <v>575027</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>23.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568050</v>
+        <v>575034</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="F21" s="3">
-        <v>35.0</v>
+        <v>335.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>