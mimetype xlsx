--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,227 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:58</t>
-[...44 lines deleted...]
-    <t>Video Porteiro</t>
+    <t>Lista gerada no: 13/02/2026 04:05</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CELULAR XIAOMI POCO C85 / 256GB / 8 RAM / PRETO</t>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2744</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2745</t>
+  </si>
+  <si>
+    <t>VENTILADOR FS-40 COLUNA - 3 VEL - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14N - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14R - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SA22415 - 30CM</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>PANQUEQUEIRA RAF R.5209 - 20CM - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR COM SPEAKER - EWTTO ET-P1480</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED BAK BK-55G 4K/DGT/GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8695 / 4MP+4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO GUN TC-697 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR RAF R.936 - 220V</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / VERDE</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>SORVETEIRA RAF R.0901Y - 220V</t>
-[...83 lines deleted...]
-    <t>Tablets</t>
+    <t>CELULAR IPRO F189 / 2 SIM / 4 BANDAS / (SOS) / PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
   </si>
   <si>
     <t>IPRO</t>
   </si>
   <si>
-    <t>AR CONDICIONADO GREE  9000BTU - 220V/50HZ - INVERTER</t>
-[...5 lines deleted...]
-    <t>GREE</t>
+    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-502 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>BATEDEIRA SONIFER SF-7037 - 3.5L - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ac2f3d8326604c807a45484f2e0f0d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9225ad91503c4378a04987270061048f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f7c60a4ddf3c7ce85c75e7533f9c7b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbb988c4635b372b2a7ebdb9b889fb0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928113417ca67c53e79ed4e851e3c1e9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97acf96fa3db123ddfc280cb6d0340d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09daad1d575f3bd4f248bdeea233cd2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf15110adf81c6d1ae86d2e72dc5ab99.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3792e331813447a68609d00ce0893e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61856eb115963503610ab984b39a35ad.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42e5e42a02061e215ef0f14fb0eed82f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088ed41d8d1930550310ea97279526fc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a749bba30cf19e252fa7c5adad1405a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bdce4213428f3b9c92bb838451d4acf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b409fb41ec276eaa5245121af8772ac5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b19e426900a65650e6f424300c51840.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72f9b623b90e78dd146697338c308d79.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2efac22d3cf4a1466950151f8e3bb5d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/165f82928e8f0eb4985f0637a7229d49.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a907db6cd49466c4626a284462cb9380.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/348f3b353a5e9b24ff049cd0225519f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0e5a25dd3149dee3a8eecaaba36d34.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd49e893b917c1cddc51905ff202a81.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dbc916db3cbd478471ee2d9e1dad7d6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfde46e30759871c5691489238c9797c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b507029cf164df0f176390a5b23ae911.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29042fb349c83180968e4483878148b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08f8ecc9bc61212db36534ea189189b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb72aa054fbbacc9633a4295e8d885dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0c98fca2912bd43b7d90ad20bb2e5d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9103dca4a0735e04cb38da1170654fb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8203258422b3fba02422879491d7c7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a2228d3972023f3eabbce18c6d26f6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486e55c876a117b7e38a73fd8b95f6c7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce0b3aebd34eba1e0f9e771db99cbdd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d94168fb806face819679ce6f3e5ca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fabb73d1dcb3c0d8355ff1552c8788.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb030b0b391782f9c9ae15f43bda6d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98003a30cd7aebb756b6f3b12615bc3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c941849bdf7de7a9711d9fc75859f5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1168,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574648</v>
+        <v>578424</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.99</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574655</v>
+        <v>578431</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>0.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574679</v>
+        <v>578448</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574686</v>
+        <v>578479</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>118.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574693</v>
+        <v>578486</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>17.75</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574709</v>
+        <v>578493</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>38.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574716</v>
+        <v>578530</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>116.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574761</v>
+        <v>578554</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>49.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574792</v>
+        <v>578578</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574808</v>
+        <v>578592</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574839</v>
+        <v>578615</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>10.5</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574846</v>
+        <v>578639</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574853</v>
+        <v>578653</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574884</v>
+        <v>578660</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>12.5</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574914</v>
+        <v>578677</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>32.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574921</v>
+        <v>578684</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574952</v>
+        <v>578707</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>48</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>4.75</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574983</v>
+        <v>578721</v>
       </c>
       <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
         <v>50</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>100.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575027</v>
+        <v>578745</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>53</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>35.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575034</v>
+        <v>578752</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>335.0</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>