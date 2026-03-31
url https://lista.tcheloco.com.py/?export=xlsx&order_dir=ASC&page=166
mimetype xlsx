--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,215 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 04:05</t>
-[...23 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 31/03/2026 07:58</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA MOX MO-HT189 - 189 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR QYLAR QY-2216 CERAMIC - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR QYLAR QY-2216 CERAMIC - 110V</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA QYLAR QY-0903 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 220V</t>
+  </si>
+  <si>
+    <t>PROCESSADOR QYLAR QY-2013 - VIDRO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0206 - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SECADOR QYLAR QY-0419 - DRY STYLE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR QYLAR QY-0419 - DRY STYLE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-4004 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SOPRADOR LUO LU-F2214 REC/TURBO/MINI</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>TERMICA RODAX AR-750 - 1L</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>RODAX</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403W - BRANCO - 4 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>GRILL MEGASTAR BA-14N - 220V</t>
-[...113 lines deleted...]
-    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
+    <t>KIT DE PANELAS MARYLAND MRCIE403R - VERMELHO - 4 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403 - PRETO - 4 PCS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE  HYE-INV18ABW - 18000BTU - 50HZ / 60HZ / INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COR QUENTE 20732 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/348f3b353a5e9b24ff049cd0225519f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0e5a25dd3149dee3a8eecaaba36d34.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd49e893b917c1cddc51905ff202a81.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dbc916db3cbd478471ee2d9e1dad7d6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfde46e30759871c5691489238c9797c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b507029cf164df0f176390a5b23ae911.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29042fb349c83180968e4483878148b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08f8ecc9bc61212db36534ea189189b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb72aa054fbbacc9633a4295e8d885dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0c98fca2912bd43b7d90ad20bb2e5d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9103dca4a0735e04cb38da1170654fb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8203258422b3fba02422879491d7c7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a2228d3972023f3eabbce18c6d26f6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486e55c876a117b7e38a73fd8b95f6c7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce0b3aebd34eba1e0f9e771db99cbdd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d94168fb806face819679ce6f3e5ca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fabb73d1dcb3c0d8355ff1552c8788.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83fb030b0b391782f9c9ae15f43bda6d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98003a30cd7aebb756b6f3b12615bc3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c941849bdf7de7a9711d9fc75859f5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd623c4350a91c2f8a10cbf84acee8f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3130d4e4877efa4f21a63073c4fa2782.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16afdbf223db47a6ee3f56c2e124ea78.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58dfd1c0238871b44526456abc7bf33f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015d7260a1e717e607a0a076b1cc91c2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1fba65f56d29e183271e724156ccc50.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e71087330e50b12438cdcf7f85024c9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77bf2d1b678b322de243314235336080.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84d9da574fe38cb11270dc97472ac05e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0b2c1a04bc414a721442323ae263f6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e38354591d410af1166b7d34699890.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf2b22840c2478b90c2df1e84a3197aa.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159fdecd16cc313feee70cf41c4d3776.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef611b3bcb105dbfe81686d17a9ca4a7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9cb823221c7e78fac3debd36cf80bdd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0626f29200055707368f2dd9f03d5174.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753052184c9c99ae71a2fb0d3a2681f6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd82c7afb3be2e2efbb06875def42fb3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8411b308fd84ce6fd689a21003960ce7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20a38a03b5647835a86fae7dd8b39408.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578424</v>
+        <v>581035</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578431</v>
+        <v>581042</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578448</v>
+        <v>581097</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578479</v>
+        <v>581134</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578486</v>
+        <v>581141</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578493</v>
+        <v>581158</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578530</v>
+        <v>581165</v>
       </c>
       <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>6.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578554</v>
+        <v>581172</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>13.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578578</v>
+        <v>581189</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>5.75</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578592</v>
+        <v>581202</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>280.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578615</v>
+        <v>581219</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>19.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578639</v>
+        <v>581226</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578653</v>
+        <v>581240</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578660</v>
+        <v>581257</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>60.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578677</v>
+        <v>581264</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>125.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578684</v>
+        <v>581301</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>11.9</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578707</v>
+        <v>581318</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>49.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578721</v>
+        <v>581332</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>3.5</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578745</v>
+        <v>581349</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578752</v>
+        <v>581363</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>