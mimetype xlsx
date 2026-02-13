--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 12:09</t>
-[...5 lines deleted...]
-    <t>Escovas Alisadoras</t>
+    <t>Lista gerada no: 13/02/2026 05:33</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 4 EM 1 SONIFER SF-8151 / 400W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-492 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8747 / BT / USB / 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER RS-2301 BT / USB / TF / FM</t>
-[...98 lines deleted...]
-    <t>PROCESSADOR RAF R.7030 / 3L / 1000W / 110V</t>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SACA ROLHA KANDEX SP-001 - RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KANDEX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL SATE A-TM01</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1003 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MUMULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 110V</t>
   </si>
   <si>
     <t>Multiprocessadores</t>
   </si>
   <si>
-    <t>ESCOVA ALISADORA HQT-906 - BIVOLT</t>
-[...20 lines deleted...]
-    <t>ALISADOR  3 EM 1 DSP 20168 - PROFISSIONAL - 2V</t>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>REFIL GLUCO ECOPOWER EP-2741 - 50 UNID</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41e60c660014e25702d9b4ec2dbdda0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b611c621f884ecbb98d8e7db05bd182d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe88e07b6ddde0aed47f1e0a89ff578.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0602006d706febb7aa9a265d0fd6b39.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fced25d7bd9ae4dd62f6c63b456fab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aec91fdb8e326c1bf1e5a0e9dbb197d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c0d53707824427d7c0026c8c59480c1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45cf470ff066193241fd1202dde6795f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158c832016d9b85307f0d1239cede3fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f34042beb6101820b5df8e8ca78b40.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c21145d8e0c2bb29fecf0f9bbd36e8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59750302acc0ea15d563638e50095d79.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63471fbd860894c563961311a027a097.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4510f3c8ab50b9a4901854db80b4a09a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c0b17e6360cc6c52b9fce4c27e4970.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e084d764ad29c09fe7822d1a56a42406.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e77fa320a2b8da7a0a3a1a69d16a3036.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0126b830fcf8b20c3424c7ded7e42c44.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e16a78d5d80a591a10bf49e18a51f5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d06f4be7282687ae9ee28ad2141b5e0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d2a0c6d5526a1b09519b5b1eb7b2c4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a794071a03eb4a4ded52e146b30a7f9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18b41d9654bd590ec90f7f58ac6a3db5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a284f8fdb3e0c7a0445df52fe038aa58.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d342c44172fd906f90cb001f3bb7ebd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba5c26e5e9d4ea9aa727173c19a0972.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f689a78d5a9356531ce4a4a92c8a37fc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08047a57e0f86c7d3bf0d27775b2e659.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e1115da3cdf8fc7b228f500a91c39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d1e2bf1f647e3f0a6a009cbb0d5396.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74b3014cc011e12d7916215da596904.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a467f719b01e8cce6d47714474737661.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/735784d58271b89cdc6c106abe93db54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48dfe5e9192950cc81279a47adcd408.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd0c994c47c26e5a8ec912bc517cb0c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1868cd5772f6448ae362df51c39fe13.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d23418cd07c8c13353486dfdc77836.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170c2e59662aac9b3e30908278b54f7c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58951bca84f5355b3ff8c6726d0b1edb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d6cd4720cf8663e8cf631bbbc8e576.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567053</v>
+        <v>577656</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567084</v>
+        <v>577663</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567091</v>
+        <v>577687</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567107</v>
+        <v>577694</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>1.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567114</v>
+        <v>577700</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>25.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567138</v>
+        <v>577717</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>3.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567152</v>
+        <v>577724</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>28.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567169</v>
+        <v>577731</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567183</v>
+        <v>577779</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>9.95</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567190</v>
+        <v>577816</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567213</v>
+        <v>577823</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>5.75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567220</v>
+        <v>577861</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>68.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567237</v>
+        <v>577885</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567244</v>
+        <v>577892</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>40</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567251</v>
+        <v>577915</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567305</v>
+        <v>578004</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567312</v>
+        <v>578028</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567343</v>
+        <v>578073</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>1.72</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567350</v>
+        <v>578080</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>17.5</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567367</v>
+        <v>578097</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>35.0</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>