--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 05:33</t>
-[...26 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 31/03/2026 09:46</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
-[...47 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ASPIRADOR XIAOMI G20 BHR8831 - BRANCO</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 FEMEA</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LEVEL DE P LVC-207-110 / 16" / 110V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>LUMA BELLA</t>
-[...17 lines deleted...]
-    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA KODAK - AA - 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>TV 32" SMART LED JVC 32KM158 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED JVC 65KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>TV 70'' SMART LED JVC 70KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D1238 12"/USB/TF/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D2118 2X10" - REC/USB/MIC/BLT</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>PLACA INFRARROJA ECOLINK EL-1003 - 220V</t>
-[...20 lines deleted...]
-    <t>Medidores de Glicose</t>
+    <t>SPEAKER KOLAV J2225 2X12" REC/USB/MIC/BLT</t>
+  </si>
+  <si>
+    <t>BIKE ELETRICA FOSTON P170 - PRETO - ARO 16''</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d2a0c6d5526a1b09519b5b1eb7b2c4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a794071a03eb4a4ded52e146b30a7f9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18b41d9654bd590ec90f7f58ac6a3db5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a284f8fdb3e0c7a0445df52fe038aa58.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d342c44172fd906f90cb001f3bb7ebd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba5c26e5e9d4ea9aa727173c19a0972.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f689a78d5a9356531ce4a4a92c8a37fc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08047a57e0f86c7d3bf0d27775b2e659.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e1115da3cdf8fc7b228f500a91c39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d1e2bf1f647e3f0a6a009cbb0d5396.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74b3014cc011e12d7916215da596904.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a467f719b01e8cce6d47714474737661.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/735784d58271b89cdc6c106abe93db54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48dfe5e9192950cc81279a47adcd408.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd0c994c47c26e5a8ec912bc517cb0c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1868cd5772f6448ae362df51c39fe13.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d23418cd07c8c13353486dfdc77836.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170c2e59662aac9b3e30908278b54f7c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58951bca84f5355b3ff8c6726d0b1edb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d6cd4720cf8663e8cf631bbbc8e576.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a86f47c61336958eb341daf4701db75.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99f88389e350b773bc2c4806aa7e102d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8652b7ae95e91583303da3799a9ba4c8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c161e22263596584db1eef23d7f0c7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6dbecfba2825835a19e1b8bc6902730.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e1e5d2168847142f93b2c841ea6177.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f35741c0e9de72cd9beac7ba097c6e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d95569131578bd27d40ab67c5cbb22.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043aad1f8cc2cca073476437145e9287.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728fad6df34d3426391799c44d7200a9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2804c47b02f52cc937a1dbddedef5785.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/901b61b5e90798108387e527bd761591.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2c70d54f2ed59783e1d678f36d8762.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbaca4d239df1ca47f7b138a21c77140.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927f5ee87c15b755b9e37f9e379cf653.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f218790625bec82f2fd9eaceef60af26.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60b3c86648ce79af96f7f76de621764.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7d921ac6d1f943a051cb8a7d3243cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e9756898649d96f62df3c844b6140f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5967ea4a4982687bc4d1fbd5d77d02d3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577656</v>
+        <v>580366</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577663</v>
+        <v>580373</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577687</v>
+        <v>580380</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577694</v>
+        <v>580410</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577700</v>
+        <v>580427</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577717</v>
+        <v>580434</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577724</v>
+        <v>580441</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577731</v>
+        <v>580502</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577779</v>
+        <v>580526</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>3.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577816</v>
+        <v>580571</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>52.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577823</v>
+        <v>580595</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>12.5</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577861</v>
+        <v>580601</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577885</v>
+        <v>580618</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577892</v>
+        <v>580632</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>39</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577915</v>
+        <v>580663</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>1.25</v>
+        <v>396.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578004</v>
+        <v>580670</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>217.0</v>
+        <v>499.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578028</v>
+        <v>580694</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>62.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578073</v>
+        <v>580700</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>43.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578080</v>
+        <v>580717</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>43.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578097</v>
+        <v>580724</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>305.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>