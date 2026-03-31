--- v0 (2026-02-13)
+++ v1 (2026-03-31)
@@ -14,218 +14,164 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 05:49</t>
-[...23 lines deleted...]
-    <t>Talheres</t>
+    <t>Lista gerada no: 31/03/2026 11:26</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C887 - 33000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PATINETE INFANTIL 16314</t>
-[...116 lines deleted...]
-    <t>TUCANO</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +194,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f420b1f4f4b953e52c9c61e7ef7ee4a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf25f9fb75dc63f5da6faf14beccab91.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce94f50e56d8f0bc0333542d4fc3d6bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c27332d01899f52ea5abab17708ac9c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0dae1b5981298fe0cd05020dff9ddfd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535018509589473f079375ec37d26664.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85467a02a0ba1a631dc3bbf18fb159.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760e346176223be17e6118a52d081490.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2466911afda419f33bd1709c5cdf1514.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e0f86b473b06c84c2c9f4145b93547.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2052d6126549fc8f27af7c69819cb145.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a84821fb964889007e91337f819d5e0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/768a390ef83f55fd9d58c2fdf59c7e76.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/842542a2dfd2123f87209d5a8059c7c8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65533731d0619389369b6804e638f486.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60962b6a7eb164bff8076c60cbccbb2d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b40a62f7806ce135982af2d27ac71e5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457f0aa6f16e0c1389040bd4d4922b11.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0454eff3a3cfcea0041d1e87fd8174b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919418daace059a0bf1f4ec5b3ae90f6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62141ea668dc8b8b0f5b10cde8008ed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52d1025b873f8dfaea19db8a126acd2e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379895a92d697708af789bed68fce194.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98241158e54838367dd786774361f66.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c9caa37013cda579fef3527440bcab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5989dc083347b07c3133921be863db8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d36655a19576890d77b58642e5ac109f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d4bdf5a9dd110935b1036c6b4cdb7e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d139a9cb2e24ace0e9d285d3b65c6806.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b904b9956531a03a2f989463a1cd0f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202fce8345843336c0006912458c690a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f238181a5c2bfe4f8e6f52194752a1e5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb807702f08fe65916197d7696d05dc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b19f2a8541599b7cc7ec234b8db04d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d4b84d822097f84a6d073042e75bc8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e154992632c4ce53b4a32b11cac37dc9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e1586659546b7e8617ec013c123e31.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72027438f3c0507d0380adb5b6f34a13.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0752c67676780710e689f939c57cbe63.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30215ec9ee4619f848ee06aaa2cdf67.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1105,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577335</v>
+        <v>580243</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577366</v>
+        <v>580250</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577373</v>
+        <v>580267</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577380</v>
+        <v>580274</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577397</v>
+        <v>580281</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>117.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577427</v>
+        <v>580298</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577441</v>
+        <v>580304</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577458</v>
+        <v>580311</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>3.25</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577472</v>
+        <v>580328</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577489</v>
+        <v>580335</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>48.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577496</v>
+        <v>580342</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>40.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577526</v>
+        <v>580359</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>169.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577557</v>
+        <v>580366</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577564</v>
+        <v>580373</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>65.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577571</v>
+        <v>580380</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>52.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577595</v>
+        <v>580410</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>155.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577601</v>
+        <v>580427</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>80.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577618</v>
+        <v>580434</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577625</v>
+        <v>580441</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577632</v>
+        <v>580502</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>59.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>