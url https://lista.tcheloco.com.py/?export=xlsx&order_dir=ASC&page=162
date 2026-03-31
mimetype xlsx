--- v0 (2026-02-13)
+++ v1 (2026-03-31)
@@ -14,203 +14,233 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 06:52</t>
-[...5 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>Lista gerada no: 31/03/2026 13:34</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BIGSTAR BSP-3015-S POWER - 350W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI MBC27 - C201</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI PB2020MI - 20000MAH - CINZA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 WADFOW WJX2K32 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>SUPORTE PARA TV - GIRATORIO - 32"/85" - SATE A-RM3281</t>
-[...11 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>ECOLINK</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR RF-01 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630MAX - COM CAMERA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED HYE HYE65ATUX - HDMI/SMART/4K /DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED HYE HYE40ATFZ - FHD/SMART/ANDROID 14</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD 2 - 11" - 256G/8GB - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>BATEDEIRA BRITANIA PLANET BBP760P - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 128GB / 6 RAM / LILAS</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2283 USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MINI PROJETOR TUCANO TC-00</t>
-[...2 lines deleted...]
-    <t>Projetor / Tela</t>
+    <t>AR CONDICIONADO PORTATIL NOBLEX NP3500H1PY - 12.000BTU - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS SMART EBJE-02 - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV ATV PLASMA 2GB RAM/16GB/5G/8K</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO MEGASTAR BC-205 - 40KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>WATERPIK TUCANO TC-61 - DIG/REG/PORT - SG</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>TUCANO</t>
-  </si>
-[...94 lines deleted...]
-    <t>Acess. p/ Celular</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +263,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d0271c06cde33f912c848dec11c5a9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c944ac6cf67911e4edc360922310b2d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f9bd61ec6637911667f070f042b83c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e3fe47918dbca3f2400c292def9a23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69997c674c744536bc9a72490408e2b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa92d67b542157790a2fb751151925bb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79bba70d6ccb415eedf48a56b652917e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa4342686c938f534f7adc5c52f4040.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6eae1ceb7eabd95ea5c32ecf3ed165.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c458e83c4ebd040420ed8f015d93e254.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ad8c54c44ab37c3936b6f6bed768725.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25974fea2bbb19a5a01a36da337cd587.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f506a847847c4035558ef1ed515563.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f54fd12e774a072e4cd89ae2814872.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c944f61c41cfe4cdd814792f647e9ed8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89e7ec7191d931e26674327d8eeddc7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304289429fcd5e350c97ec22d59f4005.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28dd009225e1149d1256eaef767c5a60.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366228c86023d057a91670bd385a970b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa91e8a1ea49c7a6b352345b78802f97.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae6342382702c614c59d6e6c41d415b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195ea4f8a2815bc712764ec70643528c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa1e3c3ed915fa8028b14d0530733d0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcec3ef27715c123d7de7ecd7e31788.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d7408ef3d67d2eadaecfe6d261e4f1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495645ffcb1d7943cf0c5dd554ec0e79.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad216cf31a46adda2fc8865dbe5a3e8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3339750802ee772c247e5c4dc44a31cc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8263e0ce655f32fbe372ff43da190e8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9330f6d9b293f40bcd23289383d57be.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517ad56c72ede37be462628d8f5ac2d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02cf737bb113e4d5f275fbb740d4136f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f369e58a50e471925d50182d0f9b8b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac4836f8108659be5982e2e2d419ca6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7374483d021dd600b00a59a6f5f6b8bf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c0cdfd60ab87b55656f22ab126d5d0d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161dde00e804f76a93979843f8711e6a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24e656fac1d50ad18f52b521c4131cd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa5fa42c9cac1dc1ef400dea626e564c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7728420473621a1a96927cf90d8526.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1174,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577021</v>
+        <v>579520</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577045</v>
+        <v>579537</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>24.5</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577076</v>
+        <v>579544</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577090</v>
+        <v>579551</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577106</v>
+        <v>579575</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>52.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577113</v>
+        <v>579582</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>247.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577120</v>
+        <v>579599</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577137</v>
+        <v>579629</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>60.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577144</v>
+        <v>579636</v>
       </c>
       <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>60.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577151</v>
+        <v>579650</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>24.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577168</v>
+        <v>579698</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577175</v>
+        <v>579711</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>24.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577205</v>
+        <v>579810</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>30.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577229</v>
+        <v>579841</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577243</v>
+        <v>579858</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>15.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577250</v>
+        <v>579872</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>72.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577267</v>
+        <v>579889</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>17.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577281</v>
+        <v>579933</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>10.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577311</v>
+        <v>579964</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577328</v>
+        <v>580069</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F21" s="3">
-        <v>3.75</v>
+        <v>33.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>