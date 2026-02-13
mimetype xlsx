--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,212 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 23:14</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 13/02/2026 08:10</t>
+  </si>
+  <si>
+    <t>COPO VIDRO DUPLO 80ML NESPRESSO - 1 UNID</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1208 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-801 - 8" - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 20" LUO LU-A86</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A91</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A94</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1209 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 - MARSKE RF-3028A - BIVOLT</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / VERMELHO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C505 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>JARRA ELETRICA ELECTROBRAS PRIME DIGITAL EBJE-10 - 220V</t>
-[...35 lines deleted...]
-    <t>GARRAFA TERMICA ECOPOWER EP-G026 - 1000ML</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
+  </si>
+  <si>
+    <t>SECADOR LUMA BELLA LB-64014 - 2400W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-0262 - 8"X2 - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-3919 - 3* - 8" - USB/FM/AM - MICROFONE SEM FIO</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-083 - 8" - USB/FM/BLT - MIC SEM FIO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
   </si>
   <si>
     <t>Termica</t>
-  </si>
-[...88 lines deleted...]
-    <t>KINGSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939a21adb7bcc4db7f6a714d867754c9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af961591ac151cdf9c837952bb98893.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf37c12ff12bf18cdb51bb4d6aa3cce3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130a5ab608f71f5d2ae91f27da5ee0e7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caf31f3f935c8cd5d7eba8f1ab3fe28a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db06d23b9051f244ed3abd0fed0a46ef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c3e7742ab2be18bb8646eb8c0b1e13.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adff3f5f551d8f2737b88b977f686cf1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22a356da63a703450de005424088cb7c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d57f181840c9a9df4c92d4c8a16fe35.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3606139c41b2b30687972e2c11e791.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b41a1587c3661679a544a0e229c339.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0fb535e2a912f91d5f21e65558318b4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c887edcfb3e0d7c23c587e33d140eb0c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff01c8fd5fa4e4bfaa057c82187ee463.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228f1cdeded04c064ac1ca5c9ca9945b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15762f445965ac0e64c9df934caf0a8a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03df4213745f7a7ba30d25621194a56f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2ba2fc7e175117a6df60a11f82bf22c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f549cc141e6d41835057e4eabba1372.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbd13b61f902646c1a4fafb0da41672.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e2f8717cfd1a1f6924fa92f95f0eac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312af10d6893cf2b8b07c048c98a9a9c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f31f41b3d34fae6330eeeee09d3d3d3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f71f0472f1c2152a4dce830c2ce02791.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1992311de27bf9a3059695ce8505f1c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9393a609db994078624a69c8a8a7258.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dcfbfa0dda88d176d1c916107bec66c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120704390044e0600911c933d92187c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea64de3bc7d526ba8d8437ec81392d98.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9054c18e50393c1e3d158bbf58cbbab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5de59209fb8f6a85cb2a2a9392f5f19.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e96195649e636e3e26352f14a66b3aa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79587bfd79ec71a1a340408411053839.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024ca2cac8a4fa49eab5835cf2ada531.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0eb851a5eec25a36e83d35e843a7d89.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c3ae8105c8d2ffef07a267357d644.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5c4ed7a2f662177c59643c0d7f133b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e54a755c6272392ab1f62cc9aa39f1e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf85b35204fc76e450c573292e466e6b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572576</v>
+        <v>575973</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572606</v>
+        <v>575980</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572613</v>
+        <v>575997</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>29.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572620</v>
+        <v>576000</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572644</v>
+        <v>576017</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>51.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572668</v>
+        <v>576024</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572712</v>
+        <v>576031</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572729</v>
+        <v>576062</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572743</v>
+        <v>576079</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572750</v>
+        <v>576086</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572781</v>
+        <v>576109</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572804</v>
+        <v>576116</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572811</v>
+        <v>576147</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>29.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572828</v>
+        <v>576154</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>16.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572835</v>
+        <v>576178</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>16.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572842</v>
+        <v>576185</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572866</v>
+        <v>576246</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572873</v>
+        <v>576253</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>2.83</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572897</v>
+        <v>576277</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572910</v>
+        <v>576284</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="F21" s="3">
-        <v>7.25</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>