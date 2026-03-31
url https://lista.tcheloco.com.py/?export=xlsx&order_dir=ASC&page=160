--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,191 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 08:10</t>
-[...5 lines deleted...]
-    <t>Copos</t>
+    <t>Lista gerada no: 31/03/2026 13:41</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - MEGASTAR FMA13</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC082 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC078 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-02A - PARA APPLE</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER PARTY KANDEXS YE-1208 - 12'' - BLT - AUX - MIC C/ FIO</t>
-[...71 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B - PARA APPLE</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2815 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
-[...8 lines deleted...]
-    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2816 - DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR 7 EM 1 - ECOPOWER EP-2817 DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA PROSPER P0121 - 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>WINNINGSTAR</t>
-[...14 lines deleted...]
-    <t>Termica</t>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80003W - BRANCO - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbd13b61f902646c1a4fafb0da41672.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e2f8717cfd1a1f6924fa92f95f0eac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312af10d6893cf2b8b07c048c98a9a9c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f31f41b3d34fae6330eeeee09d3d3d3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f71f0472f1c2152a4dce830c2ce02791.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1992311de27bf9a3059695ce8505f1c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9393a609db994078624a69c8a8a7258.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dcfbfa0dda88d176d1c916107bec66c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120704390044e0600911c933d92187c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea64de3bc7d526ba8d8437ec81392d98.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9054c18e50393c1e3d158bbf58cbbab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5de59209fb8f6a85cb2a2a9392f5f19.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e96195649e636e3e26352f14a66b3aa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79587bfd79ec71a1a340408411053839.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024ca2cac8a4fa49eab5835cf2ada531.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0eb851a5eec25a36e83d35e843a7d89.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487c3ae8105c8d2ffef07a267357d644.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5c4ed7a2f662177c59643c0d7f133b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e54a755c6272392ab1f62cc9aa39f1e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf85b35204fc76e450c573292e466e6b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502994c3fe7cfd375919576415304daa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4531a303a5dbfe26d6d64c96f8804830.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f1eb55b78a9c06694b941270f5ad00.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213d04b411ba537e9b1392e0fbc18fe2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e12e5b767edcdb3b49c622ba86f2b2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b227dc5379d706fc34f56a30545b9ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/743a6a3cda6af268793a71137c37fd34.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7674283b9172e4e812753625147a51.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db44171da3a6d728b964ed0ad523a23.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb82ad937237b09036514e00c99e1426.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cb7d7eef5244ce164008b875ad553b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5060a115374b04e5148760ae38f78e83.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d519693bf81ad493052b27182f4ec35.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e61a696629fd1d534f7edaff27a7f3a7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d059845741a498a8fe8db965eba7bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7da37fb7c62afbeacf86f900c9f4843f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09ab6bec548b32d6dc75438b8ad6f90.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af378e144ca0af2a4dcf95d82c99e7ba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1719c2f0a5a711b7a787059a0f2081f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de7c58de5a18342efe422e6aa60d11c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575973</v>
+        <v>578905</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.2</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575980</v>
+        <v>578912</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>35.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575997</v>
+        <v>578929</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576000</v>
+        <v>578936</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576017</v>
+        <v>578943</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576024</v>
+        <v>578967</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576031</v>
+        <v>578974</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>35.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576062</v>
+        <v>578981</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576079</v>
+        <v>578998</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>38.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576086</v>
+        <v>579025</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576109</v>
+        <v>579049</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576116</v>
+        <v>579056</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576147</v>
+        <v>579070</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576154</v>
+        <v>579087</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576178</v>
+        <v>579094</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>6.6</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576185</v>
+        <v>579100</v>
       </c>
       <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>32.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576246</v>
+        <v>579124</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576253</v>
+        <v>579155</v>
       </c>
       <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
         <v>43</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>72.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576277</v>
+        <v>579162</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576284</v>
+        <v>579193</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>305.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>