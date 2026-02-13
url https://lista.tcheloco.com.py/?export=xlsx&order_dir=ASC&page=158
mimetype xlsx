--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,191 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 01:07</t>
-[...5 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>Lista gerada no: 13/02/2026 09:23</t>
+  </si>
+  <si>
+    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BOLHA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-340 BARBEADOR SHAVER MINI / LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR PET 3 EM 1 - VGR V-219</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-117 BARBA/CABELO 6 EM 1 / LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 20CM  - SEM CAPA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-995 TIGRE / BLT / LED / AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-994 - BLT - LED - PEIXE/AZUL</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E125 / WIFI / 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>WAFFLERA SONIFER SF-6057 - 900W - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL95 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LUMINARIA DE EMERGENCIA SATE A-EL8860 - 60 LED</t>
-[...107 lines deleted...]
-    <t>Depiladores</t>
+    <t>LANTERNA SATE A-FL93 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ECOPOWER EP-3098 - 50L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60032 - 11L - 220V</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-87 - RGB - 4  BOTOES</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM10 - RGB - 8 BOTOES</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM09 - RGB - 7 BOTOES</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-10-BI - BIVOLT</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-09M - 110V</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-XPG300W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f3c6783916f3cbe63a8e98f118dd3e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3017bb4aa87fb9c6092411e8574af062.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbd8981500f937b04179d168f82c11e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89db2f8dd662432cc1720da8941865d6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffb1ba8eaba7a0ba62c758df3e034e1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d906fc48ae192ca230fe12a700960bf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f526e18cd754e9f7743bdcd4400266.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a82ff3457f9f9b7437c9d3cfaba521d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/827f51f899413976fb71c5916bfaa920.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35ed93315d79b68e705a21397fd44e76.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f3b7e574540dfefd31b6ca06b0ec88.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de79be21fadacd406edc8b212913f76.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5441c4814cc891ab48043e4d85a196.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1dfa2ec2f670f2e6400376d47a0b91.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15d4270238e230db07d3755aed28adc0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450ed8b73a8df5ed1f64c0bff11be57d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd6711ea33bbb0f9d16f14910bfd096a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1c12a02c688fb6e57030f96963c058.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b8eed8eca5d7210b86c53ad1fa392fa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08d0f728f5bd5ff2b1311b05f006cbe.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81dbafb98ccc996efd5c8f2f17199d4b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0abb107ce3ccce2c4854308d46a1aec.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e102267d714f74c3aa4a41c42915bed0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622f1f624006639356260aa471143aab.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b4795d056e15a8a94e7876e490928e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8648094dcf739e4c5ecd6fe7f3c5dd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b18a4347e9403a9b6917dbebed511c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb12180f096f364ff99c92cb3cf5f56.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57ce4b25ac0364f08f002f29fc2b776.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f46074d20cfda2cc1973f36377909cd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dcce1cde1202841c4713bdfb07de625.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc18e9a20c6d390d149845c5137a5657.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dede1c6c5deaae57b9b0a7b60f718a3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9f006cde5f3d648887152297c8b5ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5919c04993a7bc295823df26a37d63fa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcf2901b86766dc4c844268bc76fc80.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4f7427209b4f4f65812790271481d5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38faccaa772640f01098fa92c7e10062.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12568f68d34c487cfc44cd46662c0879.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fc5c0b9970738a1a6b18c2715fdc89.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1134,415 +1140,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571784</v>
+        <v>575362</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571791</v>
+        <v>575379</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.75</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571807</v>
+        <v>575409</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571814</v>
+        <v>575423</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571821</v>
+        <v>575430</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571838</v>
+        <v>575454</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>7.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571845</v>
+        <v>575461</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571852</v>
+        <v>575478</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>72.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571876</v>
+        <v>575515</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>85.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571883</v>
+        <v>575546</v>
       </c>
       <c r="C11" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>4.25</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571968</v>
+        <v>575638</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>31.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571982</v>
+        <v>575645</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572002</v>
+        <v>575669</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572026</v>
+        <v>575690</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>28.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572033</v>
+        <v>575706</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>3.25</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572064</v>
+        <v>575720</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>69.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572088</v>
+        <v>575744</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F18" s="3">
-        <v>62.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572101</v>
+        <v>575751</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572118</v>
+        <v>575775</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
         <v>44</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>75.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572125</v>
+        <v>575812</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>