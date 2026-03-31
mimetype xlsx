--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,197 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 09:23</t>
-[...5 lines deleted...]
-    <t>Ferramentas</t>
+    <t>Lista gerada no: 31/03/2026 15:33</t>
+  </si>
+  <si>
+    <t>REFIL GLUCO ECOPOWER EP-2741 - 50 UNID</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8756 / BT / USB / 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43 / 30W / USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43L / 30W / CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC44C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC8L / 20W / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE EU02L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.5423 - ESPETO GIRATORIO - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
+  </si>
+  <si>
+    <t>CD / DVD</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BOLHA</t>
-[...113 lines deleted...]
-    <t>JORTAN</t>
+    <t>REPRODUTOR PORT�TIL DVD HYUNDAI HY-9921 - USB/SD/7"/ BIVOLT</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>BASTAO DE SELFIE INOVA SP-414 - BLT</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MANUAL - MEAT MINCER 13290</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81dbafb98ccc996efd5c8f2f17199d4b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0abb107ce3ccce2c4854308d46a1aec.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e102267d714f74c3aa4a41c42915bed0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622f1f624006639356260aa471143aab.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b4795d056e15a8a94e7876e490928e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8648094dcf739e4c5ecd6fe7f3c5dd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b18a4347e9403a9b6917dbebed511c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efb12180f096f364ff99c92cb3cf5f56.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57ce4b25ac0364f08f002f29fc2b776.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f46074d20cfda2cc1973f36377909cd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dcce1cde1202841c4713bdfb07de625.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc18e9a20c6d390d149845c5137a5657.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dede1c6c5deaae57b9b0a7b60f718a3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9f006cde5f3d648887152297c8b5ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5919c04993a7bc295823df26a37d63fa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcf2901b86766dc4c844268bc76fc80.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4f7427209b4f4f65812790271481d5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38faccaa772640f01098fa92c7e10062.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12568f68d34c487cfc44cd46662c0879.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fc5c0b9970738a1a6b18c2715fdc89.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a6d1baa15768a7050c6a1afce79e44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45966e5f61adab77616f69e8e0be49a0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578ce517ab2bdf6614a9fea8100a868b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802062ebf0e073cafe206480f18a457f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506c77cc810815fcf952c79034ea55e3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10e2996d656e63e3f1d7573419f75d9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55f1a5d1f09d506aa6acbba96164983.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7989ff12c8e9350597289f7767333691.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1a1610bca6d2d54e45891790f158ca.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1890957dc022b3dc2f685d362432bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873101cbbe17e1b177889db3bc3df06d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56336fd1f824ea9f9305dde11b27e2e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043997a96033d59d66561cfc5c1a02b0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7497cf5192826c569f90e2228c2e80b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ef8fe32cbe3adcd6cd1a97732bde4a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a71042b7915df1cc5ede222e0e980f07.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc54e94f1972f689cc1cf76dceb12c3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0048dbce7b7953bccfa6252cd177bb68.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1168569efc7aa3f263764aa6658fb1f4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526a2e183cf3db293e1f55b8431907ff.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575362</v>
+        <v>578097</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575379</v>
+        <v>578103</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>0.01</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575409</v>
+        <v>578127</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575423</v>
+        <v>578134</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575430</v>
+        <v>578141</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>29.0</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575454</v>
+        <v>578158</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575461</v>
+        <v>578165</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575478</v>
+        <v>578196</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" t="s">
         <v>22</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575515</v>
+        <v>578202</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575546</v>
+        <v>578219</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>18.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575638</v>
+        <v>578226</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575645</v>
+        <v>578233</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575669</v>
+        <v>578240</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>88.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575690</v>
+        <v>578257</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>67.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575706</v>
+        <v>578264</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575720</v>
+        <v>578288</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575744</v>
+        <v>578301</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575751</v>
+        <v>578318</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575775</v>
+        <v>578325</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575812</v>
+        <v>578349</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>