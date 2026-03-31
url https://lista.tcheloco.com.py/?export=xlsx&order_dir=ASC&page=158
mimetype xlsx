--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -14,118 +14,127 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 15:33</t>
+    <t>Lista gerada no: 31/03/2026 16:54</t>
+  </si>
+  <si>
+    <t>MUMULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 220V</t>
   </si>
   <si>
     <t>REFIL GLUCO ECOPOWER EP-2741 - 50 UNID</t>
   </si>
   <si>
     <t>Medidores de Glicose</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>RADIO CAR ECOPOWER EP-8756 / BT / USB / 9"</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC43 / 30W / USB-C</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
     <t>HYE</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC43C / 30W / CABO USB-C</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC43L / 30W / CABO LIGHTNING</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC44C / 30W / CABO USB-C</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC8L / 20W / FONTE + CABO LIGHTNING</t>
   </si>
   <si>
     <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
   </si>
   <si>
-    <t>Multiprocessadores</t>
-[...1 lines deleted...]
-  <si>
     <t>RAF</t>
   </si>
   <si>
     <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
   </si>
   <si>
     <t>CARREGADOR HYE EU02L / FONTE + CABO LIGHTNING</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
   </si>
   <si>
     <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
   </si>
   <si>
     <t>CHURRASQUEIRA ELETRICA RAF R.5423 - ESPETO GIRATORIO - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
   </si>
   <si>
     <t>Fogoes</t>
@@ -140,62 +149,50 @@
     <t>CD / DVD</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>REPRODUTOR PORT�TIL DVD HYUNDAI HY-9921 - USB/SD/7"/ BIVOLT</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
     <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>INOVA</t>
   </si>
   <si>
     <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
   </si>
   <si>
     <t>Luminarias D/Emergencia</t>
-  </si>
-[...10 lines deleted...]
-    <t>SUNLIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a6d1baa15768a7050c6a1afce79e44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45966e5f61adab77616f69e8e0be49a0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578ce517ab2bdf6614a9fea8100a868b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802062ebf0e073cafe206480f18a457f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506c77cc810815fcf952c79034ea55e3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10e2996d656e63e3f1d7573419f75d9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55f1a5d1f09d506aa6acbba96164983.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7989ff12c8e9350597289f7767333691.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1a1610bca6d2d54e45891790f158ca.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1890957dc022b3dc2f685d362432bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873101cbbe17e1b177889db3bc3df06d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56336fd1f824ea9f9305dde11b27e2e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043997a96033d59d66561cfc5c1a02b0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7497cf5192826c569f90e2228c2e80b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ef8fe32cbe3adcd6cd1a97732bde4a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a71042b7915df1cc5ede222e0e980f07.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc54e94f1972f689cc1cf76dceb12c3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0048dbce7b7953bccfa6252cd177bb68.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1168569efc7aa3f263764aa6658fb1f4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526a2e183cf3db293e1f55b8431907ff.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f710bd3aa96418b682cb9a18ea3220.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee751c512c00e74df907f3b8e03746be.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca0cb0cf93302f7b1be7b149b117a0c0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1c7f2f24736de55327ab957f737b4b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0c47e5e7e2e138d58f8b052a5b36d4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d74ceb52c783ac22cdc7cd022e036542.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a267e048e0ef56eca93d4ce2d50727d9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28254c6976fea1c844fd843238e44343.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed6627eb2512815c04702cdd6505e0f3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444be51e63fb1f0cd968cae2185f1067.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec9767cb934d7188fe8d8451a638296c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5f2e4655946bf5484a247ad65e2642.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf0c787b16102c3a1f5cd9a0681d3bb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63feda634b17f3a85a89a82e36f59b7a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c285b1eee4ff20c63389236223f1f30c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d419edeb1829571af6bee069151817b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b24c3c332af79d78415882d4f71a687.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622a49bd276e0701f07b6d4008f0046d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a08ade3b912d850277fccf688d43d569.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e850d6c2d51a23b328d543ae97c6285.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578097</v>
+        <v>578073</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578103</v>
+        <v>578080</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>62.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578127</v>
+        <v>578097</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>8.9</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578134</v>
+        <v>578103</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578141</v>
+        <v>578127</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>11.25</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578158</v>
+        <v>578134</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>11.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578165</v>
+        <v>578141</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>8.9</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578196</v>
+        <v>578158</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
         <v>20</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>14.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578202</v>
+        <v>578165</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578219</v>
+        <v>578196</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>6.8</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578226</v>
+        <v>578202</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>13.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578233</v>
+        <v>578219</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>13.5</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578240</v>
+        <v>578226</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>53.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578257</v>
+        <v>578233</v>
       </c>
       <c r="C15" t="s">
         <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>17.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578264</v>
+        <v>578240</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578288</v>
+        <v>578257</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578301</v>
+        <v>578264</v>
       </c>
       <c r="C18" t="s">
+        <v>35</v>
+      </c>
+      <c r="D18" t="s">
+        <v>36</v>
+      </c>
+      <c r="E18" t="s">
         <v>37</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578318</v>
+        <v>578288</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578325</v>
+        <v>578301</v>
       </c>
       <c r="C20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" t="s">
         <v>42</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578349</v>
+        <v>578318</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>