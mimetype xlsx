--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,197 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 18:22</t>
-[...20 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 30/12/2025 01:11</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18883</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>LIXADEIRA A BATERIA  TOTAL TFSLI20311 REC / 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>CBD CANNABIS MELATONINA SPECTRUM - KOBA 3000MG</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>CH� INFUS�O CANNAFUSION CANNAFEM - 10 SACHES</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 ACTIVE - ROSA</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA GOLDEN WAFFLE - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP32 / 30 CAFES / PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ACESSORIO DISPLAY PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>ACESSORIO ACELERADOR COM 123 PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>ACESSORIO KIT PISCA PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>ACESSORIO FAROL PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-987 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WESTINGHOUSE CYCLONE - 110V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>WESTINGHOUSE</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WESTINGHOUSE CYCLONE - 220V</t>
+  </si>
+  <si>
+    <t>MINI BARBEADOR HYUNDAI PHT-045 / REC / 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE JH-6650 / ELETRICO / TEMP / VERDE</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2382 / USB / TF / BLT / FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2266 / USB / SD / BLT</t>
-[...26 lines deleted...]
-    <t>Med.Pressao de Bra�o</t>
+    <t>KIT DE FACAS EVRYELTH SG-9200 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - PRETO</t>
-[...65 lines deleted...]
-    <t>XIAOMI</t>
+    <t>ACESSORIO BATERIA LITIO PARA MOTO FOSTON X15/GT</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8831 - 21 LED</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>SATE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/666d1794c303a0637369fcd2be24a8fa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daaca1936240eff4a7ea8b94af67ee37.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7138aeba4b112a9c53b2679d9972b29b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bfa2ba3773aa32c838186523b4f9d69.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb1108345e5a411a2ebd968e1ecabdd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5a81e6ec6ce3eafd32c80699eece48.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9274910fa34566256188db73e248661.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60f8ebd9337ade9736fde16fa8d02f6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e90c723d7d300e3bf7eb08fb7f525763.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054d266b8390cd0119ce8239a616b0be.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31678191b5db46739dff0bda4ad69e4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/903cf1fb67d506fbf7d31532509d1904.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d1981ef850f6daff91f7d2e70ef365.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f599e19f4a3ffc76fb6807557e46f349.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/432a84480954d08f12f19f9a351227cb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e181d416fb44ab093460a57166cdf959.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47bf804f8ee5b11af67ee5b9e5732af.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ca870152aa9bd7d5d0c4670080085f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d810a2bb04f086680e88f12d91719e0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa7505c1c307943b0fa05da4b6404e6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b9839b7af4d4a041a88462f9b0b0b7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465091fdd4685cbc02a632bee1e814ad.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5450814de257ebf01d26edcb18063a80.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f08de783c3c05248e2759529731a83.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ce881a3e5e025fc090513db9df6153.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12887dca73dd7b130058cf2e4dc55c3c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60af9fbfea8ada0fee0c6e8976d99c2c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39148382f9dfbeb8d22fce77b9a4bf66.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9cb3eae1c866de1e44d7f15f4100063.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ecd36fc80bc04a36c4aafa20590d6d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f865401a24bfb79823f2b5687e548e2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf112f19def0ff3d48be26b6f8cca94.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753c3acee67703dd7b3a3ab1fa0d61de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6e0c8b4a6645680f498da36c927b692.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6184a1aa116aedbaac03b4befef5bc23.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4100af64e57b7bff067da1277ad0c5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce439cdd3e29cba6eb0dc9865ccfb01d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88432d5846492a8a4af6bd9e70cb175e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1851cbb633bfbdea392f4cbc933686f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369de26689786b668a8e6b5866afe3c9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>564281</v>
+        <v>571517</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>564298</v>
+        <v>571524</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>564328</v>
+        <v>571555</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>27.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>564335</v>
+        <v>571562</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>50.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>564359</v>
+        <v>571586</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>26.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>564373</v>
+        <v>571593</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>564403</v>
+        <v>571609</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>564427</v>
+        <v>571623</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>564441</v>
+        <v>571630</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>564458</v>
+        <v>571647</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>564465</v>
+        <v>571654</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
         <v>27</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>564489</v>
+        <v>571678</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>564496</v>
+        <v>571685</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>9.8</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>564502</v>
+        <v>571692</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>35</v>
       </c>
       <c r="E15" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>4.5</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>564519</v>
+        <v>571708</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>564526</v>
+        <v>571715</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>564533</v>
+        <v>571722</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>564540</v>
+        <v>571746</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>564557</v>
+        <v>571753</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>119.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>564564</v>
+        <v>571777</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>64.0</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>