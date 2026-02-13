--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 01:11</t>
-[...5 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 13/02/2026 09:42</t>
+  </si>
+  <si>
+    <t>BACIA COM TAMPA 28CM X 12.5CM - OM21508</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BALAN�A ANALOGICA DE COZINHA OM-7599 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
-    <t>LIXADEIRA A BATERIA  TOTAL TFSLI20311 REC / 220V</t>
+    <t>ABAJUR DOBRAVEL GRANDE SUNLIGHT 13236 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO GREE  9000BTU - 220V/50HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>GREE</t>
+  </si>
+  <si>
+    <t>MARMITA ELETRICA 1.5L - 40W - 220V</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MONDIAL F-32 - AZUL - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CAFE ELECTROBRAS EBMC-200 - 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3204 - 600W - 1.8L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3205 - 600W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3206 - 600W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA MOX MO-SM752 - 750W - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOX MO-LC58 - 1.5L - VIDRO - 450W - 220V</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C817 - 22000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/55" - MEGASTAR ST603</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - FIXO - 26"/63" - MEGASTAR ST602</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BARBEADOR DALING DL-9273 / RECARREGAVEL / 3 LAMINAS / BIVOLT</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL SUNLIGHT 13265 / REC / BIVOLT</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS CHAVE (L) FONTOR 171019 - 9 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>TOTAL</t>
-[...122 lines deleted...]
-    <t>SATE</t>
+    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b9839b7af4d4a041a88462f9b0b0b7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465091fdd4685cbc02a632bee1e814ad.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5450814de257ebf01d26edcb18063a80.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f08de783c3c05248e2759529731a83.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ce881a3e5e025fc090513db9df6153.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12887dca73dd7b130058cf2e4dc55c3c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60af9fbfea8ada0fee0c6e8976d99c2c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39148382f9dfbeb8d22fce77b9a4bf66.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9cb3eae1c866de1e44d7f15f4100063.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ecd36fc80bc04a36c4aafa20590d6d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f865401a24bfb79823f2b5687e548e2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf112f19def0ff3d48be26b6f8cca94.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753c3acee67703dd7b3a3ab1fa0d61de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6e0c8b4a6645680f498da36c927b692.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6184a1aa116aedbaac03b4befef5bc23.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4100af64e57b7bff067da1277ad0c5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce439cdd3e29cba6eb0dc9865ccfb01d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88432d5846492a8a4af6bd9e70cb175e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1851cbb633bfbdea392f4cbc933686f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369de26689786b668a8e6b5866afe3c9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a81b40f7667ad2ee9df2d3137ae606c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940dd5dae848e1384c31ed0600a2b837.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d5ec4116f617a7d947b90c7c4f6335.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c45d5215f6b259bc80cf54f0f697fd4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efde876da015902d00e0778c94784df.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74fd7da8b451913e0b81666a0d6abf9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da9fb229b71a8d1b2026d4a0c8622020.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4373cea4c47dc20b4af4fcd6a5a54e94.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72788e5496495ae4832c5c3a526aaa09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5241af133732e040ff286b3a48c42ac6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401068a7b912cc0c765804d90270d17.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d33676a0599ea5275a543c538af2fff.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3431837294aa2275ac37933a3cfb05.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdbf81f97f4c7de6c8407dc58efbfbb4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0758784bdda299e811508806308ebf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52731d6c51f6c7144abf0dc99a904c24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48407dfc3e21c5cbba5d9c1ee6933c5e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95672fc586f89ab75a3e679cd129a93e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204148a5dc0208bb3ec32622de1aa199.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6331095a9fe7b4299848a9531c47c9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571517</v>
+        <v>574938</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571524</v>
+        <v>574952</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>62.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571555</v>
+        <v>574976</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>76.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571562</v>
+        <v>575034</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571586</v>
+        <v>575041</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571593</v>
+        <v>575065</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571609</v>
+        <v>575072</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571623</v>
+        <v>575157</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>45.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571630</v>
+        <v>575164</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571647</v>
+        <v>575171</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571654</v>
+        <v>575188</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571678</v>
+        <v>575195</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571685</v>
+        <v>575249</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571692</v>
+        <v>575263</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571708</v>
+        <v>575270</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571715</v>
+        <v>575287</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571722</v>
+        <v>575300</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571746</v>
+        <v>575317</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571753</v>
+        <v>575355</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>195.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571777</v>
+        <v>575362</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>