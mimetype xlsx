--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -34,183 +34,183 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 09:42</t>
-[...5 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>Lista gerada no: 31/03/2026 16:52</t>
+  </si>
+  <si>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP562 - 6"</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP556 - 5"</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO MEGASTAR MIC2208</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA MOTO MEGASTAR SPK01 - BLT/USB/FM - 12V</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-498 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-492 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8747 / BT / USB / 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BALAN�A ANALOGICA DE COZINHA OM-7599 - 5KG</t>
-[...119 lines deleted...]
-    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE EU02C / FUENTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYE165UL / FONTE + CABO LIGHTNING</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a81b40f7667ad2ee9df2d3137ae606c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/940dd5dae848e1384c31ed0600a2b837.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d5ec4116f617a7d947b90c7c4f6335.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c45d5215f6b259bc80cf54f0f697fd4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efde876da015902d00e0778c94784df.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74fd7da8b451913e0b81666a0d6abf9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da9fb229b71a8d1b2026d4a0c8622020.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4373cea4c47dc20b4af4fcd6a5a54e94.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72788e5496495ae4832c5c3a526aaa09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5241af133732e040ff286b3a48c42ac6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2401068a7b912cc0c765804d90270d17.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d33676a0599ea5275a543c538af2fff.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3431837294aa2275ac37933a3cfb05.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdbf81f97f4c7de6c8407dc58efbfbb4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0758784bdda299e811508806308ebf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52731d6c51f6c7144abf0dc99a904c24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48407dfc3e21c5cbba5d9c1ee6933c5e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95672fc586f89ab75a3e679cd129a93e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204148a5dc0208bb3ec32622de1aa199.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6331095a9fe7b4299848a9531c47c9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9561a3d9a1176aca256ee4636f35c3d1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea933bfb984ccb9ff7a72cdb2d4710e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ddecb13a7e5ba970a2f59918e5402f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7427d1599f3ab4af137a009803c60410.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb52dafed1fe9328b001a94a408e0d5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09a6e9b12a7f4d8f60821fe41673ca0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04d3e4fe820ce7ac25aa02fb3b308ef.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daf46096e6e89987cf1290ee15da717e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1be4f40c9c63646c8255165fb0930e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27533c9577fa5bde34fd0f21fae7942.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d5e5b3ce12a58ddda4ee63f5a775f0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2839b78c9d22c0f2da21b8fee19fc249.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e923b2b1ba0c4c1c20f57e42e4f831a5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a4491e4ce45251cd3b0be9eac9acc9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f642a8448d2a90f8b74524edda58c9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576166805a9033e864ce272be4f79cc1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd36d235d1848d4326c0c1a4c14fc429.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df72b817ba276a054089dc256a01706.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f7ce3c33f8736c5b18fa514dfaea60.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ce82dc438352bf367e9f8d2286c26f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574938</v>
+        <v>577564</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574952</v>
+        <v>577571</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.75</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574976</v>
+        <v>577618</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>10.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575034</v>
+        <v>577625</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>335.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575041</v>
+        <v>577632</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>8.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575065</v>
+        <v>577656</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575072</v>
+        <v>577663</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575157</v>
+        <v>577700</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575164</v>
+        <v>577717</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>35.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575171</v>
+        <v>577724</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575188</v>
+        <v>577731</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575195</v>
+        <v>577762</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>18.75</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575249</v>
+        <v>577779</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575263</v>
+        <v>577816</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575270</v>
+        <v>577823</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575287</v>
+        <v>577861</v>
       </c>
       <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>101.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575300</v>
+        <v>577885</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575317</v>
+        <v>578004</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F19" s="3">
-        <v>13.5</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575355</v>
+        <v>578059</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575362</v>
+        <v>578066</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>8.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>