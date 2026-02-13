--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 19:54</t>
-[...23 lines deleted...]
-    <t>Fitas Led</t>
+    <t>Lista gerada no: 13/02/2026 11:21</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ537BD / USB / BT / 4V</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>SUPORTE UNIVERSAL PARA CELULAR  ECOPOWER EP-T008</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SUPORTE UNIVERSAL PARA CELULAR ECOPOWER EP-T009</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E2101 2 SIM / 4 BANDAS / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E2101 2 SIM / 4 BANDAS / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E6808 2 SIM / 4 BANDAS / 4G / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E6808 2 SIM / 4 BANDAS / 4G / PRETO</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR 12V - LUO LU-F2219</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO MD-D05 - 8600W - ION - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO MD-D05 - 8600W - ION - 220V</t>
+  </si>
+  <si>
+    <t>MINI GRAVADORA DE VOZ GPX-MX425 - 8 GB - 2160 HORAS</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>GPX</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATE AS-92008B - BT/AUX/RGB</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LED MATRIX PAINEL SATE A-MP25 - 92X374MM</t>
-[...98 lines deleted...]
-    <t>Ferros</t>
+    <t>SPEAKER PARA PC SATE AS-92007B - BT/AUX/RGB</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1905 BLUETOOTH - TELA 18.5''</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8774 / BT / USB  / 10.1"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-6997 / BT / SD / USB / 10"</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1802</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H170 / BLUETOOTH / ARCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>MIXER SONIFER SF-8158 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA WADFOW AA X4</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc322a712259a3ad2d64978af6f5a95.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb4ca869263ffea9e0cd471e7ce12a51.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee82a7de3f3be17d0c7fb4908fa718d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15bacd21cd0b68736429bba17f9fa56a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ecbc8dfdcf3a83b469d43421c2294a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee628e660b9b90d931fa68298f61292d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e31e186b864dba44beeb03717e9ff068.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a23e77d6e6dde10801322ddad0d1c299.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79fa6cfcd793ae8dcc142ff4aac648b5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8de75fdc010ad3529694169a98dbc221.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed3de8d7c168706458e08d342c888e8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2261f0cf2d147131a43e9f5e83899132.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8936b7f8075b5fed9d45bc1608c25ef0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa0d68c02e8f17481bfcc6b48e22edf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17373b20d6a976b66f1c7a0f0644da35.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7159a5897d17c377ed563712729668b9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e13a9ea114cec6cb72f6f815afc6bb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16dbc649dc3d2d0bb84d128da9329e50.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29595651c14a3bf06972da6cde749508.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36cae24d43e1780b9f5dea87b50a368c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8e39fe5daaf7970474144ee2483c9c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929301ff173de0941b793243873ab2f0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818c9fedf9c2154c89dae46841a8c305.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b953ecbbb7c478d6497a7f20bfeb94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0d6fa1e12db5bececef16e6f0c6bbc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77bda48cd7d77cb08c1101d465af709e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53232e7658d439e3003cb1617fb1feb0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e793be493153b920750b7552dc4bf645.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec284969df1f594f905aec4d03d32f58.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9601e9337561faaa3b02be2479059274.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a960fa879f02b49db261d2127ed712c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039e29281786ebc9f1e6f369ed9d3fd0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5000857d6a6438993ee64a2c2ddcb438.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b604e821860f8f667c6d7d1ad5604ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ac13e8910170fdf5b1f054ff8f2aab.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b83af2357e70b250dd414cc5066ed8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa82cf666440ee3a8378a3fab37aeec4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbcff6266668bb73bc2a84c4ba1f848.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4610e2485bc821728a00543c5764956.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c819c5d3242c69f073b08ca05b131d61.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>563475</v>
+        <v>574259</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>129.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>563567</v>
+        <v>574273</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.5</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>563581</v>
+        <v>574280</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>20.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>563598</v>
+        <v>574297</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>563611</v>
+        <v>574303</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>563642</v>
+        <v>574310</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>563659</v>
+        <v>574327</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>563666</v>
+        <v>574341</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>563673</v>
+        <v>574365</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>563727</v>
+        <v>574372</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>55.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>563758</v>
+        <v>574396</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>563765</v>
+        <v>574419</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>563772</v>
+        <v>574426</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>3.6</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>563789</v>
+        <v>574457</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>475.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>563796</v>
+        <v>574471</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>475.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>563802</v>
+        <v>574488</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>30.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>563819</v>
+        <v>574501</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>563826</v>
+        <v>574549</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>25.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>563833</v>
+        <v>574631</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>17.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>563857</v>
+        <v>574648</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>0.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>