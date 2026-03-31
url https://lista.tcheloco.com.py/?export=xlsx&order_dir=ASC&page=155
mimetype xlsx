--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,191 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 11:21</t>
-[...14 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 31/03/2026 18:36</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>GRILL INTERBRAS H20BR - 110V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>INTERBRAS</t>
+  </si>
+  <si>
+    <t>SANDUICHERA INTERBRAS G30BR - 4 UNID - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/85" - SATE A-RM3281</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8013</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SUPORTE UNIVERSAL PARA CELULAR ECOPOWER EP-T009</t>
-[...32 lines deleted...]
-    <t>Secadores</t>
+    <t>LANTERNA POLICE ECOPOWER EP-8018</t>
+  </si>
+  <si>
+    <t>MINI PROJETOR TUCANO TC-00</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>SECADOR TUCANO MD-D05 - 8600W - ION - 220V</t>
-[...59 lines deleted...]
-    <t>TOTAL</t>
+    <t>PROJETOR TUCANO TC-005 - WIFI NEW</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PINGUIN TV MXQBOX10 / 16GB-256GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>PINGUIM TV</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - PRETO - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERDE - 4.5L - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +209,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8e39fe5daaf7970474144ee2483c9c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929301ff173de0941b793243873ab2f0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818c9fedf9c2154c89dae46841a8c305.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b953ecbbb7c478d6497a7f20bfeb94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0d6fa1e12db5bececef16e6f0c6bbc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77bda48cd7d77cb08c1101d465af709e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53232e7658d439e3003cb1617fb1feb0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e793be493153b920750b7552dc4bf645.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec284969df1f594f905aec4d03d32f58.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9601e9337561faaa3b02be2479059274.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a960fa879f02b49db261d2127ed712c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039e29281786ebc9f1e6f369ed9d3fd0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5000857d6a6438993ee64a2c2ddcb438.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b604e821860f8f667c6d7d1ad5604ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ac13e8910170fdf5b1f054ff8f2aab.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b83af2357e70b250dd414cc5066ed8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa82cf666440ee3a8378a3fab37aeec4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbcff6266668bb73bc2a84c4ba1f848.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4610e2485bc821728a00543c5764956.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c819c5d3242c69f073b08ca05b131d61.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c0a11d35e216d12152ef1b84952d92.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb31ab45db7903a0b786f774c7c46f3f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8fa17d5f9620c1028fc7431182b76e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58832e57746588a2a5c099264f63241a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e8d04991adc4e2062ee8f5bedad7ae.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6804ed3bd89c69df22578e8879b724d4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a361031726f28c3e885ffa71ac2a5d1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703897cb91897a02f1415ac8d8bcdc57.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149b3908931fa0462b0769d8e9d6ffbb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa85feab9dcbabe47233f029018aec0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02e4fb3354c6dcc2480c6e8ae7d362f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e4aec3ccddb2c477fd2c8d4b37779b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6569059006322d85d28f2adf2dceef8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021785a45e446f490ce1634ce308a7f5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfab2f7b87c923a4f30d8406307a0cd1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/defd6bc028ef7c8c019ec1446a94fc33.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e21fe4f3a0fb4a47f6126365acd291.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19dd23e0b8500963616fb590f245a47.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a264a6483940df1ffeb347566ed72fd1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de6fb1f5091fc412b0ce83562b1af4cb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1120,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574259</v>
+        <v>576802</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>57.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574273</v>
+        <v>576819</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574280</v>
+        <v>576826</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>3.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574297</v>
+        <v>576833</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574303</v>
+        <v>576840</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574310</v>
+        <v>576857</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574327</v>
+        <v>576864</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>29.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574341</v>
+        <v>576895</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>5.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574365</v>
+        <v>576956</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574372</v>
+        <v>577045</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
         <v>24</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>18.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574396</v>
+        <v>577069</v>
       </c>
       <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
         <v>27</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574419</v>
+        <v>577076</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574426</v>
+        <v>577090</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" t="s">
         <v>31</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574457</v>
+        <v>577106</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>325.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574471</v>
+        <v>577120</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>65.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574488</v>
+        <v>577137</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>47.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574501</v>
+        <v>577144</v>
       </c>
       <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>74.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574549</v>
+        <v>577151</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574631</v>
+        <v>577168</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574648</v>
+        <v>577175</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="F21" s="3">
-        <v>0.99</v>
+        <v>24.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>