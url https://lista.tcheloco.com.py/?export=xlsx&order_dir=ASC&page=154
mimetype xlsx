--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,188 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 04:53</t>
-[...5 lines deleted...]
-    <t>Aro LED</t>
+    <t>Lista gerada no: 13/02/2026 12:17</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC08 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARREGAVEL ECOPOWER EP-8161 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2112 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO - PROSPER K-1027</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>ARO LED PROSPER U200</t>
-[...26 lines deleted...]
-    <t>LAMINA PARA BARBEAR INOX DORCO ST300 - 10 PACOTES DE 10 FOLHAS</t>
+    <t>SECADOR PROSPER P6605 - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TV 50'' SMART LED HYE HYE50ATUX / ANDROID / SMART / 4K / DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED HYE HYE55ATUX / ANDROID / SMART / 4K / DIG</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICO - MATA MOSCA OM 20865</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO KANDEXS K-B4001 - 40K - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 110V</t>
-[...8 lines deleted...]
-    <t>FONE DE OUVIDO MOX MO-1 / BLT / VERMELHO</t>
+    <t>JARRA ELETRICA COM CHALEIRA RAF R.7899 -  220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H151 - BLUETOOTH - TWS</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>MOX</t>
-[...35 lines deleted...]
-    <t>RADIO CAR MEGASTAR CDX-260BT / USB / SD / BLT</t>
+    <t>FONE DE OUVIDO ECOPOWER EP-H162 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM NAKAMICHI NBF25.0A - SUB 10" - 1000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM NAKAMICHI NBF25.5A - SUBWOOFER 9.2" - 1500W</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ523BD / USB / BT / COLOR</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...14 lines deleted...]
-    <t>RADIO ECOPOWER EP-F301 REC / USB / SD / BLT</t>
+    <t>RADIO CAR NAKAMICHI NQ537BD / USB / BT / 4V</t>
+  </si>
+  <si>
+    <t>SUPORTE UNIVERSAL PARA CELULAR  ECOPOWER EP-T008</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SUPORTE UNIVERSAL PARA CELULAR ECOPOWER EP-T009</t>
+  </si>
+  <si>
+    <t>CELULAR PHILIPS E2101 2 SIM / 4 BANDAS / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/408c269c8120d24029a5cd4d5de921a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c43617ca7af5fa08a3e4639f17eeabc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2504477aad9583ea2f60b78549ce8c0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c70bea3ff54e6f4b712b183cb077507.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf4da2cf27bab9fbe02c384364545251.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d48694a624a2ebc66daca36e5fc44c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9feb4177195ec0f40d0d79a597c940e2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f84b42cbffd89010d7460c556b0925.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c5fd91de54e371326e4f4b1fec9f539.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5cf9509e9dcae44657357e538de44.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4118c020ffe10c02861809636a83c85.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b21efd5101f5efb2c763e9e892610427.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb021ccd75434d00516406dab57d5dc7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f05056753e54249a03d151c2686586b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e42e4c7083ba7da81f0348a9106923a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e0e05667c5b20b187369bef2bf7aeb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc129b8cc282aac1da8bcc5db6583436.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c9d24e446c4a17d35589c3ce662d48.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bbe33bd9794ebe9ded0b7368bd2f36c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aad5c2a3d1474eda9f5ab778eca4514.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e49343b24cba9f12b5bf9f719fb12170.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721507f109f9bd70228065787b09e789.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed51b0072f9e52bbd4d8719c8e3c2023.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd97eaec621c46f1c8a08989a821587.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a087e96e8dc6a898219710d64d9974b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a861a22005241a4343d9ea46fcef56b7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d39ebadc8c0d6ce633b8c31b9e55bb5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532936504633c7dfef8bd0306d15d421.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1501b0fcbdc9953a8357efa288e3a68.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b319fe22dfdf7aff101812254693785.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75129754b2e48fe8c74f171cd6a9a6a4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62da44e73095c1b3aed694775480f41f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fc76b671d99b5f2817d9b96a5baddfc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc278faae71e427aec104654b5c4fe1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610364ba958a98d606e3f3cb5386f6d7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100add041c54ec769de984ae222067cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9383b5678e7169386e2ebdc9cac4fe58.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7bf7d115102a18b431ca410fd5f1e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e39f5b988b79e39e7257b7ef59931245.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa3082b2f64cf779f88f273de56e48d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570350</v>
+        <v>573917</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570367</v>
+        <v>573924</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570381</v>
+        <v>573931</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570398</v>
+        <v>573979</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
         <v>30.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570411</v>
+        <v>574006</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570435</v>
+        <v>574020</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>489.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570442</v>
+        <v>574037</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570466</v>
+        <v>574044</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570480</v>
+        <v>574051</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570497</v>
+        <v>574075</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570503</v>
+        <v>574129</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570510</v>
+        <v>574167</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570527</v>
+        <v>574174</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570558</v>
+        <v>574211</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>20.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570596</v>
+        <v>574228</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570626</v>
+        <v>574242</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>195.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570633</v>
+        <v>574259</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570640</v>
+        <v>574273</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570695</v>
+        <v>574280</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570701</v>
+        <v>574297</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>