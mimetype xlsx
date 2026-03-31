--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,200 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 12:17</t>
-[...17 lines deleted...]
-    <t>Lanternas</t>
+    <t>Lista gerada no: 31/03/2026 19:06</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-0262 - 8"X2 - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-3919 - 3* - 8" - USB/FM/AM - MICROFONE SEM FIO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS GOOD KING NRI-20015 - 15 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO AIR COOL S2124 - 56" - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED ECOPOWER EP-TV040 / SMART / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2112 - 2 VELOCIDADES - 220V</t>
-[...56 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>FURADEIRA DE IMPACTO TOTAL TG111136 - 220V</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM FURADEIRA WADFOW WDT4B119 - 119 PCS</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI BAND 9 ACTIVE M2435B1 / LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - RIVER PLATE</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ELECTROBRAS EBHE-66L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - OLIMPIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5414 - CHAPA LISA - 70CM - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ECOPOWER EP-H151 - BLUETOOTH - TWS</t>
-[...41 lines deleted...]
-    <t>Celulares</t>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0106 - PRETO - 3.6L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR QYLAR CITRUS QY-0310 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e49343b24cba9f12b5bf9f719fb12170.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721507f109f9bd70228065787b09e789.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed51b0072f9e52bbd4d8719c8e3c2023.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd97eaec621c46f1c8a08989a821587.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a087e96e8dc6a898219710d64d9974b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a861a22005241a4343d9ea46fcef56b7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d39ebadc8c0d6ce633b8c31b9e55bb5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532936504633c7dfef8bd0306d15d421.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1501b0fcbdc9953a8357efa288e3a68.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b319fe22dfdf7aff101812254693785.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75129754b2e48fe8c74f171cd6a9a6a4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62da44e73095c1b3aed694775480f41f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fc76b671d99b5f2817d9b96a5baddfc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc278faae71e427aec104654b5c4fe1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610364ba958a98d606e3f3cb5386f6d7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/100add041c54ec769de984ae222067cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9383b5678e7169386e2ebdc9cac4fe58.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7bf7d115102a18b431ca410fd5f1e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e39f5b988b79e39e7257b7ef59931245.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa3082b2f64cf779f88f273de56e48d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83750e7da4513a817b4c1d2f4fb05984.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3c4c0a2b618a24a1d7a5a5af0f436a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aef0261e9a2126d4c28406d14f2f4ad.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b0e59360a9e71f84a79a424da652bf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01573a5921c4904bfa6a0af5d0739c08.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b311f38cc59dd424a9126a8e10117ae.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a63db46ff24697f8571f2989ce08b88.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8617407842f21b82008e8630ce8420.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63aa525bbedd28c5cc77edc44fab9613.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f3f55f157decf7a3b4c9851d514816.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce080629d6a2d3355b02a54f651a045.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d492db683485b8a57e621d9274c4b61.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7420a05188a473b6bd46f994899b2dd8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9045894e30d64f7bddb23e2b017dab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0b30ac9045768fee2454f94b52b966.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/299eb1730ceaefabaf84ef3b6c683469.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bdd536cee8446e3dce64ca8969a513.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa99b5a4bc6c95e15c9554450874594.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014e30701fc37629aca9645fa801c7e4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f549beccc23a6c88ab66f0381d36efb5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573917</v>
+        <v>576246</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573924</v>
+        <v>576253</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573931</v>
+        <v>576284</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573979</v>
+        <v>576291</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574006</v>
+        <v>576314</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.6</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574020</v>
+        <v>576345</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574037</v>
+        <v>576390</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>225.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574044</v>
+        <v>576475</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>268.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574051</v>
+        <v>576505</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574075</v>
+        <v>576550</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>17.5</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574129</v>
+        <v>576581</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574167</v>
+        <v>576604</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574174</v>
+        <v>576628</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>6.75</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574211</v>
+        <v>576635</v>
       </c>
       <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>115.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574228</v>
+        <v>576680</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>107.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574242</v>
+        <v>576727</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>39.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574259</v>
+        <v>576734</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>57.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574273</v>
+        <v>576765</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>3.75</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574280</v>
+        <v>576789</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>3.75</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574297</v>
+        <v>576796</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>29.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>