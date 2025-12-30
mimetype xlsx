--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -34,195 +34,195 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 20:46</t>
-[...2 lines deleted...]
-    <t>CABO CHUPETA POSITIVO - NEGATIVO / 200AMP / YW693</t>
+    <t>Lista gerada no: 30/12/2025 04:54</t>
+  </si>
+  <si>
+    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HONOR</t>
+  </si>
+  <si>
+    <t>BATERIA LR44 WADFOW WJX2K44 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>SECADOR ECOPOWER EP-3537 - 2800W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR DE AR ECOPOWER EP-3535 - 2500W - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ECOPOWER EP-3572 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>CANETA OPTICA LUO - PRETO</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO DRSCKN - SUNLIGHT 18417</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR RAF R.1275G - CER�MICA - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 220V</t>
+  </si>
+  <si>
+    <t>BANQUETA ESTOFADA LEVEL LVS-007 - PRETO</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR WADFOW WUY1501 - UNIVERSAL - MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR WADFOW WUY1503 - UNIVERSAL - MESA</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI AMAZFIT BIP 6 A2435 / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 PRO 5G / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT SWEEPING XM900</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CHAVE DE IMPACTO INGCO CIWLI20236 - 220V</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...134 lines deleted...]
-    <t>RAQUETE ELETRICO MATA MOSCA YPD LTD-016</t>
+    <t>INGCO</t>
+  </si>
+  <si>
+    <t>TV 75'' SMART LED MARSON MWB75 / WEBOS / 4K / AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MARSON</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER PROSPER P-3301 - 6L - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER PROSPER P-3301 - 6L - PRETO - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20104ea1b59c46195f5e66352fea9a18.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f73297a5fc31e96983ea83252d6390f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d59535c58c4390ef8d82218529a82652.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1b32d831a2a45c65f73dd79caf52487.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf5dfe8c84c7c4e458f38a0e7381098.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90089a400f5cbe54c8f539718ade6bd6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e01a3efa23b2517c77bfd64cc980ecf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6f3e2f9cd93be913ec146d946821be.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c35d115e37095fe5120bca4d66ce537.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708c396230eed37fe9ca6812620856e8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3291975bcb7521b8e39f34642015894.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51a5687a65dd235339214dfabc2a9a0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e65080a8c3de2c5b5db57dff5cd99c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2c81c6d321734c057decb337bc01e6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b5262c64ecd7b588eb52e63a47a6b0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fca653381128f11cd9cd213578c1973.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0310a16e7d3ca08b41597422fea92219.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/591879bb43ef7a61fa989a377b97d658.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20aaf32e1ea70a40810ffa612f4cc07.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d7ae9648e626e8da58e473d4069fc6b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4d582f15f5aadc023167f9aaa68880d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f7ae5df5779db703fc71aefd97894d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceab6e24c590f1441f8d6a579846dbab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2e0b6df7857a465ad7eb9221394b63.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34de5fa3c6a506f6afa44ee1feeb83d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f087108a7f83c825af28cd20a7df41f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15120c8a2d21baa885613adf5f66bc5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9b7a75546996b746e30d8923524318.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/affec4aadfd4ae59411cd7954561c079.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f342eb639c2e86584f247af93e95a21.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6857cad3b66c4abecf217260172e9c7f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178a43b4667dd5ceb220307473bed04c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01018e5a9a4222f64717f37cb140bc09.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a42017ac34599e5ced83cf6af14cc98.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61163b69608ea6f3740e3479af4c28f3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7c30930f8895d72ac5c2ca7b615498.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/849976da8f487a872e8241136e778570.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077bc47c2d615b91aed6217c905c8ac6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4bd482a9a970c75d58b8d2699a5233.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94a06848d46bd761c320976657bf6614.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="97.833" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562454</v>
+        <v>569927</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562478</v>
+        <v>569934</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>65.0</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562485</v>
+        <v>569941</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562492</v>
+        <v>569958</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>6.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562577</v>
+        <v>570015</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>36.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562607</v>
+        <v>570022</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>32.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562614</v>
+        <v>570077</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>562645</v>
+        <v>570084</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>562652</v>
+        <v>570091</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>562706</v>
+        <v>570107</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>562713</v>
+        <v>570114</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>562720</v>
+        <v>570121</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>562737</v>
+        <v>570138</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>123.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>562744</v>
+        <v>570169</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>121.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>562751</v>
+        <v>570176</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>562775</v>
+        <v>570206</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>562799</v>
+        <v>570268</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>1.75</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562829</v>
+        <v>570329</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>50</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>3.27</v>
+        <v>575.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562850</v>
+        <v>570336</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20" t="s">
         <v>52</v>
       </c>
       <c r="E20" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>10.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562867</v>
+        <v>570343</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>