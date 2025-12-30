--- v1 (2025-12-30)
+++ v2 (2025-12-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 04:54</t>
+    <t>Lista gerada no: 30/12/2025 06:20</t>
   </si>
   <si>
     <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / VERDE</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>HONOR</t>
   </si>
   <si>
     <t>BATERIA LR44 WADFOW WJX2K44 - 5 PCS</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>WADFOW</t>
   </si>
   <si>
     <t>SECADOR ECOPOWER EP-3537 - 2800W - 220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4d582f15f5aadc023167f9aaa68880d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f7ae5df5779db703fc71aefd97894d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceab6e24c590f1441f8d6a579846dbab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2e0b6df7857a465ad7eb9221394b63.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34de5fa3c6a506f6afa44ee1feeb83d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f087108a7f83c825af28cd20a7df41f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15120c8a2d21baa885613adf5f66bc5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9b7a75546996b746e30d8923524318.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/affec4aadfd4ae59411cd7954561c079.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f342eb639c2e86584f247af93e95a21.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6857cad3b66c4abecf217260172e9c7f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178a43b4667dd5ceb220307473bed04c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01018e5a9a4222f64717f37cb140bc09.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a42017ac34599e5ced83cf6af14cc98.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61163b69608ea6f3740e3479af4c28f3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7c30930f8895d72ac5c2ca7b615498.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/849976da8f487a872e8241136e778570.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/077bc47c2d615b91aed6217c905c8ac6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4bd482a9a970c75d58b8d2699a5233.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94a06848d46bd761c320976657bf6614.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9efeca5d6b1c2d18f1ee16474cede5c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ca893a3b255ff01a10c3b60f245860.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611c38ad486183daa5119ff7df51833b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82101243caf8af81fb885884ef8d3e6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efed7ec2df761a1dfd23df9a236d06f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282b97a69a02d713c1d5c7886e370c97.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59efc8449f9c104bd0d2b0deb03d9a99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c1a75bc8a48971c77e22076ac82b76.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b8759b7134f61625eb6af2c41379dc4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f6b4fda011b3232ebe85da36abb5db.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcd78d456d78c173a8dbfc257c4cdfb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ae1b74f8cf0b76bb3fdef03d9c9dbe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9ead6cb0fc741c45d56e7a7a316088.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc78e23d855e5f0528d080c11b14d253.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417f47e9ad613f6217b365c368dd51d3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2162f6112c2d3358cb49f6c503172b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1265f4af1e31a9bea626ed1e1099338a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8618e4af241b08bf62f12665ed1bda6c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1584c614346bb557d0b4933a1fbc6a34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51126c2f2113728b39dd238c285b2cd2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>