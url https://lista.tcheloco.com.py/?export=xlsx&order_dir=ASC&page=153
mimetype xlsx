--- v2 (2025-12-30)
+++ v3 (2026-02-13)
@@ -14,215 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 06:20</t>
-[...2 lines deleted...]
-    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / VERDE</t>
+    <t>Lista gerada no: 13/02/2026 12:56</t>
+  </si>
+  <si>
+    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8157 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8156 - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8158</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8160</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8159</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8003 - LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>CELULAR REALME NOTE 70 (RMX5313) / 256GB / 4 RAM / PRETO</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
-    <t>HONOR</t>
-[...32 lines deleted...]
-    <t>Diversos</t>
+    <t>REALME</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A07 (A075M) / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY FSR40BBW-L - COLUNA 16" - COM LUZ - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL BABYLISS ORIGINAL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>BABYLISS</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV LOTV LI5 / 16GB / 2GB / WIFI / AND</t>
+  </si>
+  <si>
+    <t>Receptor</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>CAMPAINHA SEM FIO DRSCKN - SUNLIGHT 18417</t>
-[...95 lines deleted...]
-    <t>FRITADEIRA AIR FRYER PROSPER P-3301 - 6L - PRETO - 220V</t>
+    <t>RECEPTOR IPTV LOTV LI3 / 8GB / 2GB / WIFI / AND</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + CUIA BIGSTAR BSP-2001 - 2L +180ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS WINNINGSTAR ST-9660 - 3 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS WINNINGSTAR ST-9306 - 12 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B1 - PARA ANDROID</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACD1504 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL BT300 - MAX PODS - BLUETOOTH - CINZA/PRETO</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL BT300 - MAX PODS - BLUETOOTH - CINZA/BRANCO</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWL-100 SEM FIO - VERMELHO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9efeca5d6b1c2d18f1ee16474cede5c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ca893a3b255ff01a10c3b60f245860.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611c38ad486183daa5119ff7df51833b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82101243caf8af81fb885884ef8d3e6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efed7ec2df761a1dfd23df9a236d06f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282b97a69a02d713c1d5c7886e370c97.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59efc8449f9c104bd0d2b0deb03d9a99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c1a75bc8a48971c77e22076ac82b76.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b8759b7134f61625eb6af2c41379dc4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5f6b4fda011b3232ebe85da36abb5db.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcd78d456d78c173a8dbfc257c4cdfb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ae1b74f8cf0b76bb3fdef03d9c9dbe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d9ead6cb0fc741c45d56e7a7a316088.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc78e23d855e5f0528d080c11b14d253.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417f47e9ad613f6217b365c368dd51d3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2162f6112c2d3358cb49f6c503172b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1265f4af1e31a9bea626ed1e1099338a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8618e4af241b08bf62f12665ed1bda6c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1584c614346bb557d0b4933a1fbc6a34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51126c2f2113728b39dd238c285b2cd2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ec6fa40635f406c07136f647adcf35.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd20e6b393786cb0f3eb2c9093073adf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5433dd79c1c1d6271c2f7f4ed9c80a6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61008bed4a59d889aadd5de447e8349.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b03541b47b204420234cf33ac67884d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95c5ced57741b51d68476bbb9c39f6c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e0aeb0eb5c9ddcae09176ef62f490f0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050d47609f871b3399c65511f9db408e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e189cbb989e8fcbad6ab9def7bb44e7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e95e956cfcacaf7c141e17bdfc48fe8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e540698e5eb385656540819a65cef1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a170334c547bf2a997d309870ad8f2c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/390478e4fa6f559f53f4abb533d502e8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8992d3209b68187fa8495554dbe5cf6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528a57f9df23c2cb7d6dfa4443fdd7b9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffc4f8eee12b076ffbdb2d037ea3819.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4014ea587fec6b939fad0630a3e2e87a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c2ed8f9fe053b1157ee97809df7efe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b117caf8a0f5bc976a197fee9c850a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86c8b2e5c20ed7248fc9a66af2e36a7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569927</v>
+        <v>573481</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>135.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569934</v>
+        <v>573498</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>0.76</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569941</v>
+        <v>573504</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569958</v>
+        <v>573511</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570015</v>
+        <v>573528</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570022</v>
+        <v>573559</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570077</v>
+        <v>573580</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570084</v>
+        <v>573603</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>10.5</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570091</v>
+        <v>573641</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>5.25</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570107</v>
+        <v>573658</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>5.25</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570114</v>
+        <v>573665</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>53.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570121</v>
+        <v>573672</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>2.2</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570138</v>
+        <v>573689</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>2.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570169</v>
+        <v>573696</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>65.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570176</v>
+        <v>573719</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>186.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570206</v>
+        <v>573764</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570268</v>
+        <v>573801</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>93.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570329</v>
+        <v>573818</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>575.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570336</v>
+        <v>573825</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570343</v>
+        <v>573832</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>