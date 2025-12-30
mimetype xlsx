--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -14,185 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 21:29</t>
-[...14 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 30/12/2025 06:37</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2117 / USB / SD / FM / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ LED ECOPOWER EP-L105 / 80W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - XW-601 - 40W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - YB-706 - 80W - BIVOLT</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8772 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8771 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>CANETA LASER 1 PONTA - TITAN TL-1010</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA ECOPOWER EP-B102 - DIGITAL - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECIS�O ECOPOWER EP-B101 - 500G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR PROFISSIONAL ECOPOWER EP-M092 - DIGITAL</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO X7 5G / 512GB / 12RAM / VERDE</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.2828 - 1800W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>LANTERNA POLICE COM FACA - TUFAN</t>
-[...92 lines deleted...]
-    <t>CONTINENTAL</t>
+    <t>ESPREMEDOR DE CITRICOS RAF R.613R - 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>TV SMART LED 32'' MTEK MY32FSPH / BLT / AND / WIFI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART BOCAL S-E27 / ICSEE / BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO POSITRON PX-360 - COM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>POSITRON</t>
+  </si>
+  <si>
+    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HONOR</t>
+  </si>
+  <si>
+    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>BATERIA LR44 WADFOW WJX2K44 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>SECADOR ECOPOWER EP-3537 - 2800W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ffb301c209fd10325a8cec242cb77d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5ae8be30f1b4f8d26f55eb0bc9ab3da.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72a488265ca611e6bc4c2785d6ac7fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364446e5fe47f1d43af0b256d2d51015.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/192fdf496a683ba7e28ffc9380c874c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701820c235bbf8fceb44237a172ce2c3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e8714514bba384b24f607860617bff.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51466294d967409fca831d4aba8f309c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33ace03703956052e0eb3c31a60d788.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec87d2e25343e6e9a96d10a0cef96b3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff902e41ec7de8972a99814f9b75d868.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f6d6db5b7215d33f3125ec1854dd1f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808db2c78053765e2e6e4b1aea3cae37.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6a01b79ffe036222f675c88ea5394c2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6865473139c7ad85fc6287def487c8c8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dafcd46c30ab56d1d54b844588b84e1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb260d0da7c6077510cdc116d889b5d7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56dd5fef42fa37f0b5d5befdd655e2f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caf471cef863ea056ef6f716db4725a3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade933c8d15d5a425153df4c4d7a7235.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65c881e9e8f92139e21f820c4723016.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef957ec1a55a9025dd544ecffb0ad06.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33f9ca6bbaaaf9ed96569fd49e63507.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb4314c24b7ec7fd5f50753f96955de1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722f404dffbded294bccb4295aa8a7a1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f793c492ea9772d6b114e3a5dfdb48.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177b56221bd74787843e1dd22ebc7642.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc112e1091372fdf8e66331bfc111e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ec7fdb44cd8016d4aca0f36e47cec0a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ba200f53fc6e621d8b64ebaccae1cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc35ab71a2717b719e0ab0ca83f79d8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d98bbc96b853b73ba3181e89f8e763a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921ad60cccf000df64aa9f8b23fcdd83.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bdcb3ca7688d74800c5a9d59feacc3e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd1e7ef5938fc32e452a4469f4561ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7255f7869f43da81d4491654258093a4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371101a04d9aa70f295b2109dc33396e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db16035b5b5d45b0cdfbcd9e49e3bcd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7075dd71f444b49403a706150dd6038b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050dee944626a0872886a3d157214754.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562119</v>
+        <v>569637</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562140</v>
+        <v>569651</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>77.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562157</v>
+        <v>569668</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562188</v>
+        <v>569675</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562225</v>
+        <v>569682</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>7.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562232</v>
+        <v>569699</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>9.25</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562249</v>
+        <v>569712</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>8.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>562256</v>
+        <v>569729</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>562263</v>
+        <v>569736</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>562270</v>
+        <v>569750</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>9.25</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>562287</v>
+        <v>569767</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>4.7</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>562300</v>
+        <v>569798</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>2.95</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>562317</v>
+        <v>569804</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>5.2</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>562331</v>
+        <v>569811</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>562348</v>
+        <v>569866</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>562355</v>
+        <v>569903</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>19.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>562386</v>
+        <v>569910</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562409</v>
+        <v>569927</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562423</v>
+        <v>569934</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>84.0</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562430</v>
+        <v>569941</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>