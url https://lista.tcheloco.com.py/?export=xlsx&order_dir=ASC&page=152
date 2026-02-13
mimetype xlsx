--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,206 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 06:37</t>
-[...5 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 13/02/2026 13:55</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S27-AMP / BOCAL / ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH S9 ULTRA - 3 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 24000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL RAF R.6629A - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ALISADOR RAF R.413P - HAIR STRAIGHTENER - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>MALETA PRA VIAGEM GRANDE SA24123</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>3NSTAR</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB200 USB-A/LIGHTNING - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB200 USB-A/TIPO-C - 2M</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB238 USB-A/LIGHTNING - 3M</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1968 BLT / 1 MIC</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>GLOBO DE LUZ LED ECOPOWER EP-L105 / 80W / BIVOLT</t>
-[...50 lines deleted...]
-    <t>CELULAR XIAOMI POCO X7 5G / 512GB / 12RAM / VERDE</t>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / AZUL</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR RAF R.2828 - 1800W - 2L - 220V</t>
-[...62 lines deleted...]
-    <t>Secadores</t>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL3524001 / 24 LED / FRUTAS</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL3530001 / 30 LED / PEROLAS</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL4536001 / 36 LED / FLOR DE CEREJEIRA</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL FLIP 7 / BLUETOOTH / PRETO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>PANELA ELETRICA DE ARROZ CONTINENTAL CFXB70-A - 3.2L - 110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80001 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65c881e9e8f92139e21f820c4723016.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef957ec1a55a9025dd544ecffb0ad06.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d33f9ca6bbaaaf9ed96569fd49e63507.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb4314c24b7ec7fd5f50753f96955de1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722f404dffbded294bccb4295aa8a7a1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f793c492ea9772d6b114e3a5dfdb48.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177b56221bd74787843e1dd22ebc7642.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc112e1091372fdf8e66331bfc111e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ec7fdb44cd8016d4aca0f36e47cec0a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ba200f53fc6e621d8b64ebaccae1cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc35ab71a2717b719e0ab0ca83f79d8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d98bbc96b853b73ba3181e89f8e763a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921ad60cccf000df64aa9f8b23fcdd83.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bdcb3ca7688d74800c5a9d59feacc3e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd1e7ef5938fc32e452a4469f4561ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7255f7869f43da81d4491654258093a4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371101a04d9aa70f295b2109dc33396e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db16035b5b5d45b0cdfbcd9e49e3bcd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7075dd71f444b49403a706150dd6038b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050dee944626a0872886a3d157214754.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e1f87ae66c53541bcb8632a1aeebb4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d92080ea55485f1da5c63644341687.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2316d836d26a51142b81c1ca672f696b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaf47b088aa3edef9ec401d1d6494af.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44327424ca0075338b3947c269c7b629.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6d0797513f0ea9b3dcef553b043b31.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a313e2d3509b5cc6d06e3188d64c7e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69db9facfe90611ce03ec887a29ad5ae.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c947085f95193ddca5e5127f34ab04a0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdc3d751331baeafb668cb563cff5cf7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c44e0d565656e0347e9d8488f1b8722.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea31996c06ccb7da20413703ed7c5256.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7a7457dc4051dc87a51ad8c43d9e1e7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0619b830c48b796115a6c654f730ef3a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2415dcb8e14e221934f1449206568b98.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e368578f85bac7e0966b07d589fcf09.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b9418bdb5aac78e90d9e6b3f9ef86c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db6f222e8cf85b9f2993941a7b7c5345.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1b228d2fdb71e853754c4915634da8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836b4e3d9827a94f41cc9e7a475d16a3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569637</v>
+        <v>573061</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569651</v>
+        <v>573115</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>105.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569668</v>
+        <v>573122</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.5</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569675</v>
+        <v>573139</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>540.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569682</v>
+        <v>573146</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>21.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569699</v>
+        <v>573153</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569712</v>
+        <v>573177</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569729</v>
+        <v>573191</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569736</v>
+        <v>573207</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569750</v>
+        <v>573214</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569767</v>
+        <v>573221</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>250.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569798</v>
+        <v>573276</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569804</v>
+        <v>573283</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569811</v>
+        <v>573290</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" t="s">
         <v>35</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>90.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569866</v>
+        <v>573306</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569903</v>
+        <v>573320</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>71.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569910</v>
+        <v>573337</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>135.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569927</v>
+        <v>573382</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>135.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569934</v>
+        <v>573399</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
         <v>47</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>0.76</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569941</v>
+        <v>573412</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>53.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>