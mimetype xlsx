--- v0 (2025-12-30)
+++ v1 (2025-12-30)
@@ -34,171 +34,171 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 06:26</t>
-[...11 lines deleted...]
-    <t>TECLADO PARA PC SEM FIO - X-TRIKE KB-303 - PRETO</t>
+    <t>Lista gerada no: 30/12/2025 07:52</t>
+  </si>
+  <si>
+    <t>TECLADO COM MOUSE SEM FIO - HAVIT KB269GCM-SP (E) - PRETO</t>
   </si>
   <si>
     <t>Teclados</t>
   </si>
   <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED MARSON MAS40 / WIFI / DGT / AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MARSON</t>
+  </si>
+  <si>
+    <t>FONE/MIC MAXELL H-MIC1 - 3.5MM - UM LADO</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>SACA ROLHA ONIDA ON-027 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SECADOR DE CAL�ADO XO XO-CF35 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>SECADOR XO XO-CF28 - MODELO DYSON - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-H140 4G / CAMERA / WIFI / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J10 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J10 / AMOLED / ROSA</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M50 PRO - PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M10 ULTRA / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-WATCH4 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J12 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>FRIGOBAR BRITANIA PFG111 / 92L / 220V / 50HZ / CINZA</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FRIGOBAR BRITANIA PFG95N / 76L / 220V / 50HZ / BRANCO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2117 / USB / SD / FM / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ LED ECOPOWER EP-L105 / 80W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - XW-601 - 40W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MOCHILA PARA NOTEBOOK SATE A-KP4021 - 15.6"</t>
-[...98 lines deleted...]
-    <t>RELOGIO XO XO-J12 / AMOLED / PRETO</t>
+    <t>PISTOLA PARA SILICONE - YB-706 - 80W - BIVOLT</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8772 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb7f45eb793ab801d9eed50eec2aba7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e1832a316c25b207ad31b652efdb18.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0711fed2e4a4969215cd555f958c7681.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd39728d9a9277f12c73232d0cb44f5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/904c275abaa90cbdfe39f1f6b278a792.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e63ce335657483d3d77475e6839f970.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef75a83d3d4fad669334aaa0b6f1c49c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daad29b531f56e95216478b197482d72.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f524a8bd91a9e76e7e3e4e7605fa2fa8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6280871e1fbd2b2567aa4585a3f9d7b5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75babf3500edc2b6499f668052fe8392.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a21a304db6676109aa6386aa790596b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20453e67402a52abe63e65e8bb25d1c7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daeff78e9827d4ffc4b0137a701e3376.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ccf9973157fe89c196f440d5e9a342.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81b51d879a914e8bafb357787a653d2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34af0998f139111590e1fc99f817663d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/219c2b7e18da5ec2f6bd7255babaeaef.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08a2bcfdfa45cce8f28f26c3e923c6b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d74e049e60e66fb02e640f3824170ba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0b08203bbd299c8bcaed6051a0eb80.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82eac8330fd5f9ae7c9c201a682eecf8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f77bf01af8309fa6b3f2869cf440454.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1e382ec86165ac0ef8872f1f2696a6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7fc828b9b1caf73457ffe5b7b1f9cb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe37fe4d7718bd43b215b6e6dc8a454.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf12946e8df5c8070099f06487fcffdc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509f57f3b224dbea050edd8ee7aedcaa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a39c7ea8f104d811796fb42bf60db.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034f62ab057be7e4fdabda087c8059d9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/804139437ba50c6e4628a444e17d4278.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7106f702a416d1cc7c83342d645d5f02.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49cd64686ffca47423ad501f0b501957.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9cffc48782a9584c501716653c5269.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe444f488f2e1b309ec4a138367709.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e571f7bce516c30cabce277432c6d38b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3d03895eaffd629863309c570ee0de.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a001d717d570bed25698a0acfbeb7e86.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247669ca09defb6801640d29e9b0b717.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d842d914e9cbf58f823f51955715320e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569316</v>
+        <v>569460</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>48.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569323</v>
+        <v>569484</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569361</v>
+        <v>569491</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569385</v>
+        <v>569507</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569408</v>
+        <v>569514</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569415</v>
+        <v>569521</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569422</v>
+        <v>569538</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569460</v>
+        <v>569552</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569484</v>
+        <v>569569</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>139.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569491</v>
+        <v>569576</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569507</v>
+        <v>569583</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569514</v>
+        <v>569590</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569521</v>
+        <v>569606</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569538</v>
+        <v>569613</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>34.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569552</v>
+        <v>569620</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>25.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569569</v>
+        <v>569637</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569576</v>
+        <v>569651</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
         <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569583</v>
+        <v>569668</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>19.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569590</v>
+        <v>569675</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>33.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569606</v>
+        <v>569682</v>
       </c>
       <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F21" s="3">
-        <v>33.0</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>