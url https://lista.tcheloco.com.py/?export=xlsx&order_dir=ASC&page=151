--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,191 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 07:52</t>
-[...38 lines deleted...]
-    <t>SECADOR DE CAL�ADO XO XO-CF35 - 220V</t>
+    <t>Lista gerada no: 13/02/2026 14:28</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS PRIME DIGITAL EBJE-10 - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS PRIME DIGITAL EBJE-10 - 110V</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4928 / 30W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 12000BTU / 220V / 50HZ / COM KIT / Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-285 BARBA/CABELO SUPER POWER 9000</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-36 - 3.6L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA PARA 4 OVOS MULTIFLON</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G026 - 1000ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>COPO TERMICO ECOPOWER EP-G132 - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO RAF R.5320B - 9L - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>VAPOREIRA DE ALIMENTOS RAF R.5238 / 4L+4L+4L / 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
+    <t>WAFFLERA RAF R.2225 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE RAF R.3396 - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>OCULOS SMART SPORT SATE A-DVR080</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BARBEADOR XO-CF21 PARA CARECA - 6 LAMINAS</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
     <t>XO</t>
   </si>
   <si>
-    <t>SECADOR XO XO-CF28 - MODELO DYSON - 220V</t>
-[...56 lines deleted...]
-    <t>PISTOLA PARA SILICONE - XW-601 - 40W - BIVOLT</t>
+    <t>MASSAGEADOR CAPILAR XO-FG03</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA GELADEIRA/MAQUINA LAVAR - OM22247</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>PEN DRIVE COM OTG TYPE-C ECOPOWER - 16GB - USB 2.0</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>CADEADO CARTELA 32-34-50MM - 20305 - 6 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...8 lines deleted...]
-    <t>Cameras Automotivas</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 110 4G / HMD / 2CHIP / CINZA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0b08203bbd299c8bcaed6051a0eb80.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82eac8330fd5f9ae7c9c201a682eecf8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f77bf01af8309fa6b3f2869cf440454.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1e382ec86165ac0ef8872f1f2696a6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7fc828b9b1caf73457ffe5b7b1f9cb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe37fe4d7718bd43b215b6e6dc8a454.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf12946e8df5c8070099f06487fcffdc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509f57f3b224dbea050edd8ee7aedcaa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9a39c7ea8f104d811796fb42bf60db.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034f62ab057be7e4fdabda087c8059d9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/804139437ba50c6e4628a444e17d4278.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7106f702a416d1cc7c83342d645d5f02.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49cd64686ffca47423ad501f0b501957.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9cffc48782a9584c501716653c5269.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53fe444f488f2e1b309ec4a138367709.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e571f7bce516c30cabce277432c6d38b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3d03895eaffd629863309c570ee0de.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a001d717d570bed25698a0acfbeb7e86.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247669ca09defb6801640d29e9b0b717.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d842d914e9cbf58f823f51955715320e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71821249570e544ce29fa005ef5c2dce.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f93c19cd7811e2f56274da3949eb965.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049dd01a43096f5e6f1c21bce2400245.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7676d5f41ece41f9d405f906a398fa7a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21e51aaf24fcc0530e1ee33cb38dde3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374893361a2e0588cd7dbc0ed384ef83.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd2edd41e51d7aa88e0aa572681d1a0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a23a95654abaf7ef1ae8a53b9c7d88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e84c2ec6242766d427d5360dcd3016.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8abb0197ce8bc9961ee2128f9f2beb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdfbd2886b3930681b05160281d067f4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf5d609128104b9778102a7c2331b61a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a39179481e798ab9481c0ac416314705.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571559dbb40b6b5391fbdf579d6034c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332acf2ce5631743b70620d65de6dc0d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5304971707d5bf4d4bba0a668ff0c7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f34e9b7c1be0fbb58294e6a5ce63d8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea4af9f51816e8cbb8a433cf38d1456.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7faae5117e0b52fc9788cababe6f903d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53aebb9714937134dcf86f8204473ed1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569460</v>
+        <v>572606</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569484</v>
+        <v>572613</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>139.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569491</v>
+        <v>572620</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569507</v>
+        <v>572637</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569514</v>
+        <v>572644</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569521</v>
+        <v>572668</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569538</v>
+        <v>572675</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>34.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569552</v>
+        <v>572712</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569569</v>
+        <v>572729</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569576</v>
+        <v>572767</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569583</v>
+        <v>572774</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>19.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569590</v>
+        <v>572781</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>33.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569606</v>
+        <v>572798</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>33.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569613</v>
+        <v>572804</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>157.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569620</v>
+        <v>572811</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>149.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569637</v>
+        <v>572828</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569651</v>
+        <v>572842</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="F18" s="3">
-        <v>105.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569668</v>
+        <v>572873</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2.5</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569675</v>
+        <v>572897</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569682</v>
+        <v>572965</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>28.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>