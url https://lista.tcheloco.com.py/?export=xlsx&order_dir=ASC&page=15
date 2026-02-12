--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,194 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 04:38</t>
-[...5 lines deleted...]
-    <t>Speakers P/Pc</t>
+    <t>Lista gerada no: 12/02/2026 18:25</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 5000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>SPEAKER MUSIC HERCULES HK-30 - USB - BLUETOOTH - AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F99</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-610 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>TELEFONE SEM FIO PHILIPS D1301B - 6.0 - BIVOLT - 1 FONE</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>TECLADO PARA IPHONE 4</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>TELEFONE RETROFONE PARA IPHONE</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR CX-16 AM/FM 2 BANDAS</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER PROSPER MINI - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>CABO EXTENSOR USB MICROFINS - 5.0 METROS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8828 - 220V - PRETA</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATELLITE A-40 - USB</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>L�MPADA LED ECOPOWER EP-8905 12W</t>
-[...86 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>SPEAKER MUSIC HY-BT SERIE - USB - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-TGC362 - COM BINA - PRETO - 110V - 2 UNIDADES</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2220 - USB - CARTAO SD - FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI SWITCH 3 EM 1 - SATELITE A-HD05</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO ELETRICO BAK - BK-540 - 110/60HZ</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR WAHL - 97788-100 - 2XAAA - F-Q</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
-    <t>SECADOR PROSPER P-6608 - 2800W - 110 - PRETO</t>
-[...17 lines deleted...]
-    <t>Teclados</t>
+    <t>JARRA ELETRICA FREE INOX FR-K120 / 2L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854bd35a7709eba137b1c9dccec265af.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4330d4215dfa9ee46090482b0307f667.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad65da8c25ca2dd9b842979667255fa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b79a8e28efd7ba3760cfdc32bea471e8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1912270e9cd5963802652fdf7b6d3c93.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a73bf60cbda900962f87827f7f21a7ad.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db2378f16d51324c5d2efe36a790c80.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec56dc7927334858ae5865bd823108f6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8bab002ea67e021c4deb00054a8e1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2089ddcfd6162bbd682a5741457a51c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d80382b982eea572186160debb279d3d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929ca276b9dba3acff2fead7b65eed14.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ffd0bcf468d93f1214ad7205146789.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4202b593e2974c2403e2f65ab8c249ed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e988e61cb7a69c2f600e539c8a38cd2c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bdf191d1f8cfe3c55827f8b747c63ed.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38254ec30626d04cb4d0421220550fd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/623cb85d40641cb8ad989c2509e256b0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e22fbc5e34fcd90e7cac6b703d8297.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89cf1f02cc84356e2455f97aa21a1d7f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b874c9fcf03dd687ad014cf7b55fd95a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02149dbb74b82a4653e117276a9bda4b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f4ca5a3bf44fef65298d979fd4c8beb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9d3bcab077ed8a0157a1dcc08e7b0d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4994681ab79d0f8c87d840a39c98208.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6746bb4aa4b98d94d91a71456085c4d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8211762ccdc29255488436bdbb20320c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda246df9dc5e41cd7bbdbba2ba061a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5e0a35d1fde4090c6322b7af7705a8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c845cc15a1f9bf4b885fdab21fb107.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e1082bf9f0cbf705329d361ab683b1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421d20bfbcdb577dc206534ec78fd3b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a728fb8d0a98361746a940124db8838.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fc2e8b695a35d4f2df165595777bf8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8442e2c071b04a905123d6be4c09bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/091dbac03a3c85d2f93a173f9eb20098.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95f8a310c1b9d77a6c2ebca974a5310.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385bc1e90e176e139212bde1d8e83e2c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22bcdf1c85e14bc5358857f01088d854.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8120624c715a7644dfc2ce5301f89a83.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>308311</v>
+        <v>319652</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>310451</v>
+        <v>320078</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.65</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>310857</v>
+        <v>321594</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>310871</v>
+        <v>323321</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>2.6</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>310901</v>
+        <v>324960</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>310918</v>
+        <v>325257</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>310925</v>
+        <v>326360</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>311625</v>
+        <v>326377</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>14.5</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>311632</v>
+        <v>327633</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>311670</v>
+        <v>329545</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>62.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>312363</v>
+        <v>332149</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>312578</v>
+        <v>332811</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>314701</v>
+        <v>334433</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>314961</v>
+        <v>335126</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>315890</v>
+        <v>336345</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>317092</v>
+        <v>336789</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>18.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>317108</v>
+        <v>337663</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>12.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>317306</v>
+        <v>338196</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>317368</v>
+        <v>338523</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>319393</v>
+        <v>338745</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>4.7</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>