--- v1 (2026-02-12)
+++ v2 (2026-03-31)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 18:25</t>
+    <t>Lista gerada no: 30/03/2026 20:00</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR  RX-188BT 4B / SD / USB / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA WAHL 12 PE�AS ORIGINAL - MINI PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 110 - PRETO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6608 - 2800W - 220 - PRETO</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F87 - BATERIA - USB - SD - BIVOLT</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TECLADO SATELLITE AK-910 - USB</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 2300MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX - AA2 - 2600MAH</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AA 5000MAH / 4 PCS</t>
   </si>
   <si>
-    <t>Pilhas Recarreg�veis</t>
-[...4 lines deleted...]
-  <si>
     <t>SPEAKER MUSIC HERCULES HK-30 - USB - BLUETOOTH - AZUL</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO CAR ECOPOWER EP-501 USB MICRO SD RADIO FM</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
+    <t>RECEPTOR SATELITE GLOBALSAT GS240 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F99</t>
   </si>
   <si>
-    <t>Radios</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO CAR ECOPOWER EP-610 BLUETOOTH/USB/SD/FM</t>
   </si>
   <si>
     <t>TELEFONE SEM FIO PHILIPS D1301B - 6.0 - BIVOLT - 1 FONE</t>
   </si>
   <si>
     <t>Telefones S/Fio</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>TECLADO PARA IPHONE 4</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>TELEFONE RETROFONE PARA IPHONE</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
+    <t>DVD-R RIDATA 16X INKJET WHITE TUBO COM 50</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>RIDATA</t>
+  </si>
+  <si>
     <t>RADIO MEGASTAR CX-16 AM/FM 2 BANDAS</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>PROJETOR LASER PROSPER MINI - PRETO - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
-  </si>
-[...70 lines deleted...]
-    <t>FREE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b874c9fcf03dd687ad014cf7b55fd95a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02149dbb74b82a4653e117276a9bda4b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f4ca5a3bf44fef65298d979fd4c8beb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9d3bcab077ed8a0157a1dcc08e7b0d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4994681ab79d0f8c87d840a39c98208.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6746bb4aa4b98d94d91a71456085c4d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8211762ccdc29255488436bdbb20320c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda246df9dc5e41cd7bbdbba2ba061a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5e0a35d1fde4090c6322b7af7705a8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c845cc15a1f9bf4b885fdab21fb107.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e1082bf9f0cbf705329d361ab683b1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421d20bfbcdb577dc206534ec78fd3b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a728fb8d0a98361746a940124db8838.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fc2e8b695a35d4f2df165595777bf8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8442e2c071b04a905123d6be4c09bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/091dbac03a3c85d2f93a173f9eb20098.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b95f8a310c1b9d77a6c2ebca974a5310.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385bc1e90e176e139212bde1d8e83e2c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22bcdf1c85e14bc5358857f01088d854.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8120624c715a7644dfc2ce5301f89a83.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd2da6d67e7e60015aa35f3765b0e736.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7667b222634d9727ecc4443998ecd20.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232c68fc568aaa9980448365d1284466.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877e95284c9b091de5c337d8c054b4fa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8271aad6575cc918d0197acc7f1de2ca.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c400984059ecf438e5628e1f455e0ad.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38e7bedc0f2fd6925f3c63c47301b3c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a5fda59d3a6a3dab9819b8aa786912.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c59f6de97be6ba0134d416953fcaf504.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e55b297097cf6898219d31d1299ef89.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1045b6f8c16f041ba5fa71262d490c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad245c88a307c6925dac524dc78d229.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f75b65032578ca0148e11a632c8074c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526dcb2ddd5dd3ca67f01267b88b22cc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ded750af5eef3d7a5d55fd20349bd0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f51523e519757f578c04355c1b0439d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51b1e8854ae995dae783b762cb2a47a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1937b705d08c11179f80478ade61c1ff.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7267741fa2406950e44d454c9cd4334a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c92248d738cf7f05fa62166c47c6ea9b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>319652</v>
+        <v>314961</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.3</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>320078</v>
+        <v>317092</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.1</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>321594</v>
+        <v>317108</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>323321</v>
+        <v>317115</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>324960</v>
+        <v>317368</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>325257</v>
+        <v>319393</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>326360</v>
+        <v>319614</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>12.6</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>326377</v>
+        <v>319621</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>49.6</v>
+        <v>2.05</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>327633</v>
+        <v>319652</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>5.5</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>329545</v>
+        <v>320078</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>8.5</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>332149</v>
+        <v>321594</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>332811</v>
+        <v>322058</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>334433</v>
+        <v>323321</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>2.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>335126</v>
+        <v>324960</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>7.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>336345</v>
+        <v>325257</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>76.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>336789</v>
+        <v>326360</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>337663</v>
+        <v>326377</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>338196</v>
+        <v>326414</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>338523</v>
+        <v>327633</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>338745</v>
+        <v>329545</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>8.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>