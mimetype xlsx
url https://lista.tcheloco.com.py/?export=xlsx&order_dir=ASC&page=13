--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,203 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:58</t>
-[...2 lines deleted...]
-    <t>PRODUTOS OFERTA</t>
+    <t>Lista gerada no: 12/02/2026 16:48</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2802 CABELO/2V</t>
+  </si>
+  <si>
+    <t>CUIDADOS PESSOAIS</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR LANTERNA POLICE - PARA UMA BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN22 -  220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-E1207 DUOS PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-E1207 DUOS BRANCO</t>
+  </si>
+  <si>
+    <t>PILHA RECARGREARVEL MOX AAA 2300MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FONE ROADSTAR RS-101EP  BRANCO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>FONE ROADSTAR RS-108EP  AZUL</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ROADSTAR RS-108EP / LILAS</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ROADSTAR RS-108EP / VERMELHO</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL DG-01 PRATIC SHAKE / 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CABO KIT PARA BIXENON H4</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER BAT/REG/SD/USB/2V/EP-F89</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>FONTE SCOOTER - SMART BALANCE WHEEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-228 - BRANCO</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...122 lines deleted...]
-    <t>Ventiladores</t>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-228 - VERMELHO</t>
+  </si>
+  <si>
+    <t>RADIO AUTOMOTIVO ECOPOWER EP-603 - SD- USB - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ADAPTADOR ALL IN ONE - PAT200930196087</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL ONIDA ON-2121 2 EM 1 / RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR CITIZEN CUN60 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>CITIZEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5683bda92fea27cbe31bc9c2e655c19.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111436a90092698fc5d246c9aa6e2b04.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18fa1cf3052fc8bd5e432dee68b6966.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad8ff600de047ecdb72a80732314ca8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41e7801f722a34047c2d110726483e12.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f8c7b4a3fd86183b778cd79473f7c05.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1cc9df8dd19451fa86bf5f32370889.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c41af75475d3a5338ba4ce5bdeff49ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cfedaa9b86302d9d59603159bdf7e32.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f55ea4510b9bf86148979511154e9b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9ba13b41c943c8433eea732bf96239.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b50072852dafa64f2ca4e11fe11f2be.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5587e1c1f4a6b9680473170b7197cd8a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a3619f3eb74f8aaaf066dd7a523a47.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93e158012c92a41eb6518e9a6a0c74d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf2c6914c090735cc3cd25f918df193d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbba86f7c6dbf940c2ea932a20ea807.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/162efbfaeff0c845d6b7a9e6124f4bfd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d5fb5053257cbf9fb94d201b276de9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51b26d9ec6b095f3c9cb7793ed41d5c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c36182a96fd62b06592b167c1fc098.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf4f386adfdfb68c1a2f01c5b8d6fc2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dc19a40b0ff90dda3a3007b65f3433.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b785535fd4d246359ea28ea123d9d50f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543310d43cc4b737895a166987f72aa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfda8ea8c4d0aaaf60b5b86124ff9510.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26bd2841677c1e43d00b836f4d3a34d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c8118f755b46d492ed6b076afa5d57.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a993ef79930ac33ec36e2448650398fa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10352f4b732761dc9b8e1fd609929b0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c720defa86b46bef68cb95605a2ab61.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd82325d11c0a921b16a00dc12965165.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f50c23f12b7cdc94d0ca1cbbc0e5ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1d9368134987a49e14deebb5b9c376.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00ade069b207d879c236be4a3ab0139.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbbc4103c20a308e58d419be1d620c7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7edb08b44fcb8197eb59277700023f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c927c0da548fe8d0258b6eff17117891.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a6991c6c60f6d8b53b4a041952fb0be.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a58faea597006250348b286271bb4b7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>282550</v>
+        <v>294881</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>283557</v>
+        <v>295703</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>122.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>284103</v>
+        <v>297479</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>284967</v>
+        <v>297653</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>284974</v>
+        <v>297660</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>284998</v>
+        <v>298186</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>285001</v>
+        <v>298803</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>285247</v>
+        <v>298827</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>4.95</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>285254</v>
+        <v>298834</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>286244</v>
+        <v>298841</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>287845</v>
+        <v>300070</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>23.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>288101</v>
+        <v>300834</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>288156</v>
+        <v>301923</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>9.8</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>288859</v>
+        <v>302630</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>291224</v>
+        <v>303873</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>2.8</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>292382</v>
+        <v>303880</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>3.5</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>292924</v>
+        <v>304818</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>294881</v>
+        <v>305303</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>295703</v>
+        <v>308007</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>2.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>297479</v>
+        <v>308236</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>75.0</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>