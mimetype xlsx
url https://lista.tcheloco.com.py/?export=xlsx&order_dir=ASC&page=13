--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 16:48</t>
+    <t>Lista gerada no: 30/03/2026 18:13</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM FLOAT (AKA-FL2) BOIA</t>
+  </si>
+  <si>
+    <t>Acess. p/action cam SONY</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/BLU</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/AMARELO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P8800 4600W ION 220V / COBRA</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-W110 - ZOOM - BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA P/ CABEZA TC-806 TUCANO</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMIENTA  30ML (TIPO LLAVERO )</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5926  05W/E27/      /WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA DE LANTERNA POLICE X900 6500MAH - REC</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.BAK VHF/UHF BK-ANT188-INTERNA</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>KIT TECLADO E MOUSE SEM FIO ECOPOWER EP-K603 - PRETO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>MAQUINA ECOPOWER EP-2802 CABELO/2V</t>
   </si>
   <si>
     <t>CUIDADOS PESSOAIS</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CARREGADOR LANTERNA POLICE - PARA UMA BATERIA</t>
   </si>
   <si>
-    <t>Lanternas Police</t>
-[...4 lines deleted...]
-  <si>
     <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN22 -  220V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>CELULAR SAMSUNG GT-E1207 DUOS PRETO</t>
   </si>
   <si>
     <t>Celulares Samsung</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>CELULAR SAMSUNG GT-E1207 DUOS BRANCO</t>
   </si>
   <si>
     <t>PILHA RECARGREARVEL MOX AAA 2300MAH / 2 PCS</t>
   </si>
   <si>
-    <t>Pilhas Recarreg�veis</t>
-[...1 lines deleted...]
-  <si>
     <t>MOX</t>
   </si>
   <si>
     <t>FONE ROADSTAR RS-101EP  BRANCO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>FONE ROADSTAR RS-108EP  AZUL</t>
-  </si>
-[...76 lines deleted...]
-    <t>CITIZEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c36182a96fd62b06592b167c1fc098.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf4f386adfdfb68c1a2f01c5b8d6fc2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dc19a40b0ff90dda3a3007b65f3433.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b785535fd4d246359ea28ea123d9d50f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543310d43cc4b737895a166987f72aa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfda8ea8c4d0aaaf60b5b86124ff9510.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26bd2841677c1e43d00b836f4d3a34d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c8118f755b46d492ed6b076afa5d57.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a993ef79930ac33ec36e2448650398fa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10352f4b732761dc9b8e1fd609929b0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c720defa86b46bef68cb95605a2ab61.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd82325d11c0a921b16a00dc12965165.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f50c23f12b7cdc94d0ca1cbbc0e5ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1d9368134987a49e14deebb5b9c376.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00ade069b207d879c236be4a3ab0139.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dbbc4103c20a308e58d419be1d620c7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7edb08b44fcb8197eb59277700023f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c927c0da548fe8d0258b6eff17117891.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a6991c6c60f6d8b53b4a041952fb0be.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a58faea597006250348b286271bb4b7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2b5b271d9d5a6e0e863156d3d5642d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d162603fe291f3760ebc981612d5518.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82b963a0a4dbceda9660c393e0926a38.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd4b35cd909f260cda74aa5f13e2da79.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99227287b3271021e81998126d56989b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e65746f4bbc193b9c6396b07027b061.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb284502d263607837fc3f2766fb1fd6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16ca279779691ae567951e6a033984ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078894dc373258273187a8b5fe44af36.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3e094c0df098be077f50fc8bd64bd9c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b089f1441aa250e0dde45f49f9a984e3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/507e6a9cc8bd27e8f5707206e9e54d17.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb1d8c27211f3551ec17baa0d421f38.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745f9773c3c5ec01ea4ba1b64af88048.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1699b0316685158f9e3710e81758df25.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a298717ecf3172977a733df9c5973fdb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61844fd4ef92958338eeb73999bfd53b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273576ed958d63dff8bc7d3c45efd9ce.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/012a12d970c9874bfd11450b3cb7aad4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9301dcf2334d8c4254814887ed562f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>294881</v>
+        <v>285001</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>295703</v>
+        <v>285247</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.6</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>297479</v>
+        <v>285254</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>76.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>297653</v>
+        <v>287845</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>297660</v>
+        <v>288101</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F6" s="3">
         <v>8.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>298186</v>
+        <v>288156</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>1.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>298803</v>
+        <v>288606</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>0.7</v>
+        <v>2.49</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>298827</v>
+        <v>288859</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>0.7</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>298834</v>
+        <v>291224</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>0.7</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>298841</v>
+        <v>292382</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>0.7</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>300070</v>
+        <v>292924</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>300834</v>
+        <v>293112</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>301923</v>
+        <v>294881</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>302630</v>
+        <v>295703</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>303873</v>
+        <v>297479</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>7.8</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>303880</v>
+        <v>297653</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>7.8</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>304818</v>
+        <v>297660</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>305303</v>
+        <v>298186</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
         <v>1.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>308007</v>
+        <v>298803</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>6.5</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>308236</v>
+        <v>298827</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>0.7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>