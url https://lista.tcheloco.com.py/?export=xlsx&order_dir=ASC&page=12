--- v0 (2025-12-29)
+++ v1 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:54</t>
+    <t>Lista gerada no: 29/12/2025 04:37</t>
   </si>
   <si>
     <t>FONE DE OUVIDO SONY MDR-EX15LP  / ROSA</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
     <t>FONE DE OUVIDO SONY MDR-EX15LP / LILAS</t>
   </si>
   <si>
     <t>CABO RCA Y 2 MACHO E 1 FEMEA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>FONE SONY MDR-ZX110 / PRETO</t>
   </si>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740a4f391a532ad809a3313c622a8663.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186d2e496bd3c922b5d58cdb651db0e4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f169aaa0f73ccdf936ed8f20d56f9d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f523d212d855b1fc0bdfa9a6432c6f6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50450734cfef32ca029bfb2cd340c8d3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2872f53deffa47499759de6a29e7d9ad.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a34a950221bc12f6efea4a2d995ce3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8988f21e51d08193e031e08948abf5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb6a8fa3ba87f225b6a5236b73d79c2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5539c265885761bd08c536e7696aee3c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9df6aff77c1e5e8e9ad67b66b5d3c9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7c82b23b077e5f8c489bf0bf14fcae9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f10eee42a6eb69921358c08fb32c7e4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd004406dc4c77f73710259cd598c78.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4239ece3607130d90f02f717541235.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87679dd33d20b5520578a85e01f9da99.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7031a049249aefb6e170299ebd05477.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a1a4f4fa362a48a14ede2837c73ada.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91124a6ca34c05894b4c6a38bcad4a71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9d1327a8300f2280e870e29e4fc2029.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b840eeae7cd1568260aeaf7b61ce75.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c333100ece15fb92ab176e28596df1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1ba030f5f6c663a8a4d58bea666d7e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6a07a1bccc73c03d7d9d783eeb421d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d6ef28eb262e86b2bb13bb519ce9e6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62e6c296afee498ac94073143b0b218c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b3256b42b8dda65b5c2375cd79c141f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfea7df3b925c821386dd8c546786b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c244002299c22c4078c631f61316c6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00e99e3c8f973cb4c8639cfc24b6b7e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55dd5230c0c47f700801a0a15e44f3d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc200644581d40dae5b4a78c88f80852.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa4c71e8a694df8c90f32f750456813.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbbdabde073f199963d65d442d00a780.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a80de36418ddd5a925cc87c088409e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32700f3846b3093a611f049887aac9a8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3ae2f983efe38f6a93457f499f5eae0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56b4f5fe5c180d133041a3564175022f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225e1ae958b903055e31d64188c665d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb59bd90077d36f52300467961ea9fa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>