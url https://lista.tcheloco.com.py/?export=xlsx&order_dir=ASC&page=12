--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,188 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 04:37</t>
-[...5 lines deleted...]
-    <t>Fone com fio</t>
+    <t>Lista gerada no: 12/02/2026 16:49</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2316 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PRESENTE 003-002 (PEDALEIRA DE CARRO)</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONTE BAT AUXILIAR SONY CP-AD2</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO SONY MDR-EX15LP / LILAS</t>
-[...17 lines deleted...]
-    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO)</t>
+    <t>ACESS�RIO ACTION-CAM SUPORTE BIKE - (VCT-HM1)</t>
+  </si>
+  <si>
+    <t>Acess. p/action cam SONY</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-2100C CLAS.D / 2CAN / 140WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PRODUTOS OFERTA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>FERRO ONIDA ON 992 PARA VIAGEM / VAPOR / 2V</t>
-[...80 lines deleted...]
-    <t>ROADSTAR</t>
+    <t>SPEAKER ECOPOWER EP-1903 BLUETOOTH 2 MICROFONES S/FIO 15 POLEGADAS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9606 / INOX / 2L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM SURFBOARD (AKA-SM1)</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM BACKPACK (VCT-BPM1) SUPORTE DE MOCHILA</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM WRIST MOUNT (AKA-WM1) PARA PULSO</t>
+  </si>
+  <si>
+    <t>ACESS�RIO ACTION-CAM FLOAT (AKA-FL2) BOIA</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/BLU</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER ROADSTAR CROSS USB/MSD/BLUETOOTH/AMARELO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER  P8800 4600W ION 220V / COBRA</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-W110 - ZOOM - BATERIA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA P/ CABEZA TC-806 TUCANO</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECO.P 5926  05W/E27/      /WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.BAK VHF/UHF BK-ANT188-INTERNA</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b840eeae7cd1568260aeaf7b61ce75.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c333100ece15fb92ab176e28596df1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1ba030f5f6c663a8a4d58bea666d7e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6a07a1bccc73c03d7d9d783eeb421d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d6ef28eb262e86b2bb13bb519ce9e6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62e6c296afee498ac94073143b0b218c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b3256b42b8dda65b5c2375cd79c141f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfea7df3b925c821386dd8c546786b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c244002299c22c4078c631f61316c6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00e99e3c8f973cb4c8639cfc24b6b7e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55dd5230c0c47f700801a0a15e44f3d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc200644581d40dae5b4a78c88f80852.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa4c71e8a694df8c90f32f750456813.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbbdabde073f199963d65d442d00a780.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a80de36418ddd5a925cc87c088409e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32700f3846b3093a611f049887aac9a8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3ae2f983efe38f6a93457f499f5eae0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56b4f5fe5c180d133041a3564175022f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225e1ae958b903055e31d64188c665d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb59bd90077d36f52300467961ea9fa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e005584aacab581b8c5060c95fa31522.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603f4a13535d842c932a9b130d2afbda.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27306a497ba0e93d7325d8ebba7e5f8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c447ec11f8af7beb95d6b482185404a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c17db0507a136c93f9385686a5a3b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75cd0c13fd520fb8ce1592c62652784.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4463b3435b059d85d5cfa78e6bd24e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91c0be0f5ce56d333ccfc5037567147.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3854bd7d92836efa169eeac9be4d3899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/543a42f113c44fa501c0f5309400b6e8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d53a485bc36b4c4279c2d34594275b8b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08e23487672f22f3f85495c63a6c469e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d69e5b1fb23534380d58f1f53f0be1b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365dd882c34368edc3e7a5d2e5585189.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c819e88adab6e8a69335a4a547fa7d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6b7ab95af6c022fcd13964f2e54666.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee300529323e0c81c6878360231681c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c871fdccaf9398fe68dfc50c84586f06.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab175d51dedcec6c940b9e65c0baa9fe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab45a2ba0d4f604e47357a6df1ab1658.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>258944</v>
+        <v>275255</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>258951</v>
+        <v>278782</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F3" s="3">
-        <v>5.6</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>259156</v>
+        <v>280174</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0.95</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>260817</v>
+        <v>281003</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>260824</v>
+        <v>281386</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>266178</v>
+        <v>282550</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F7" s="3">
-        <v>0.99</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>271288</v>
+        <v>283557</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>272520</v>
+        <v>284103</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>2.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>272537</v>
+        <v>284967</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>272568</v>
+        <v>284974</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>272599</v>
+        <v>284998</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2.8</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>272964</v>
+        <v>285001</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>274968</v>
+        <v>285247</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>275187</v>
+        <v>285254</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>0.9</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>275255</v>
+        <v>287845</v>
       </c>
       <c r="C16" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>278782</v>
+        <v>288101</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>1.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>279680</v>
+        <v>288156</v>
       </c>
       <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>280174</v>
+        <v>288859</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>281003</v>
+        <v>292382</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>281386</v>
+        <v>292924</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>