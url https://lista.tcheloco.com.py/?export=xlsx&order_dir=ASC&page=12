--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,191 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 16:49</t>
+    <t>Lista gerada no: 30/03/2026 18:20</t>
+  </si>
+  <si>
+    <t>FERRO ONIDA ON 992 PARA VIAGEM / VAPOR / 2V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 3000MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX  AA 2300MAH / 4 PCS</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-8804 T8-2V-25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR GENERICO PARA SONY FG1 / BG1 - BAK BK-603</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>SONY</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2316 - USB - SD - RADIO FM - BLUETOOTH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>PRESENTE 003-002 (PEDALEIRA DE CARRO)</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
+    <t>PILHA RECARREGAVEL MOX AAA 2300MAH / 4 PCS</t>
+  </si>
+  <si>
     <t>FONTE BAT AUXILIAR SONY CP-AD2</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
-    <t>SONY</t>
-[...1 lines deleted...]
-  <si>
     <t>ACESS�RIO ACTION-CAM SUPORTE BIKE - (VCT-HM1)</t>
   </si>
   <si>
     <t>Acess. p/action cam SONY</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-2100C CLAS.D / 2CAN / 140WRMS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PRODUTOS OFERTA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-1903 BLUETOOTH 2 MICROFONES S/FIO 15 POLEGADAS</t>
   </si>
   <si>
     <t>JARRA ELETRICA MEGASTAR TM9606 / INOX / 2L / 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>ACESS�RIO ACTION-CAM SURFBOARD (AKA-SM1)</t>
   </si>
   <si>
     <t>ACESS�RIO ACTION-CAM BACKPACK (VCT-BPM1) SUPORTE DE MOCHILA</t>
   </si>
   <si>
     <t>ACESS�RIO ACTION-CAM WRIST MOUNT (AKA-WM1) PARA PULSO</t>
-  </si>
-[...52 lines deleted...]
-    <t>SPEAKER PARA PC - NOTEBOOK - CELULAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e005584aacab581b8c5060c95fa31522.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603f4a13535d842c932a9b130d2afbda.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27306a497ba0e93d7325d8ebba7e5f8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c447ec11f8af7beb95d6b482185404a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c17db0507a136c93f9385686a5a3b6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75cd0c13fd520fb8ce1592c62652784.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4463b3435b059d85d5cfa78e6bd24e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91c0be0f5ce56d333ccfc5037567147.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3854bd7d92836efa169eeac9be4d3899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/543a42f113c44fa501c0f5309400b6e8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d53a485bc36b4c4279c2d34594275b8b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08e23487672f22f3f85495c63a6c469e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d69e5b1fb23534380d58f1f53f0be1b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365dd882c34368edc3e7a5d2e5585189.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c819e88adab6e8a69335a4a547fa7d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6b7ab95af6c022fcd13964f2e54666.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee300529323e0c81c6878360231681c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c871fdccaf9398fe68dfc50c84586f06.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab175d51dedcec6c940b9e65c0baa9fe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab45a2ba0d4f604e47357a6df1ab1658.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eab6990dd9b7de6420e72db7a445c5b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f3624f1185bd395906abd902803d5c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491fc4f20b531e1f4c5c9a66dc0f7052.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce318e7c071bd0120d8bf34219aaac2e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f00f36da6b038d44889888c3a85e3f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f270ee08bbe3fc3adb0bfd5a09de645f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd09e5cabc4af035e3b12354170a702.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68cbf8385f5a8ffc7cd9508cbc4a0374.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/122d9bf9fc027208c751cd55a1fb7611.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14a1ef7f4b01ed7fba5deeba139564d5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f01baf268f8fc267d8aeec575185a3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3436ec0ccc8230d83a9bd87303ea95d4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dcf30685a972adfe381dc1e5d7e0064.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a5a5f539de7cfc68adca074f447ed0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a335f450d88e381ed9362b5d727f65f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/634892a46b13c503d3668a73658fcb44.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c0966fe787d79eedcf19a57a06af552.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47036184f0597d006486b4f5cc768049.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be3a706f58d527d53a4d1bd09217efc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82268d15fed4eb11baaa3862af89587.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1163,386 +1154,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>275255</v>
+        <v>271288</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>278782</v>
+        <v>272520</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>280174</v>
+        <v>272537</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>281003</v>
+        <v>272568</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>281386</v>
+        <v>272575</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>282550</v>
+        <v>272599</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>283557</v>
+        <v>274968</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>122.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>284103</v>
+        <v>275187</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>284967</v>
+        <v>275255</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>284974</v>
+        <v>278782</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>284998</v>
+        <v>279680</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>285001</v>
+        <v>280174</v>
       </c>
       <c r="C13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" t="s">
         <v>29</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>285247</v>
+        <v>281003</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>4.95</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>285254</v>
+        <v>281386</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>287845</v>
+        <v>282550</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>23.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>288101</v>
+        <v>283557</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>8.5</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>288156</v>
+        <v>284103</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>40</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>9.8</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>288859</v>
+        <v>284967</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>1.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>292382</v>
+        <v>284974</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>292924</v>
+        <v>284998</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>