--- v0 (2026-02-14)
+++ v1 (2026-02-14)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/02/2026 19:24</t>
+    <t>Lista gerada no: 14/02/2026 20:33</t>
   </si>
   <si>
     <t>MICROFONE PROSPER P-6190 SEM FIO PROFESIONAL VHF</t>
   </si>
   <si>
     <t>Microfones</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>COPO TERMICO ECOPOWER EP-G033</t>
   </si>
   <si>
     <t>Copos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>LANTERNA 7739-C SOLAR COM KIT FERRAMENTA</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1813c874177d76f07cdbfec818a887a6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68573bb56874e00fd2f39fc47a3fccf8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab96373d58ab7af80acbd3627a9171fb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d4784838b019df9df71553cdc50c28.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea696ab1677b0216a768b34d0eb26916.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ff1d8bd8608da8063935d8c3ceac3cd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44faac007920682d30b7e58a96cc2f5f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6039397de877270dd030d79e2fd561be.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef53becd230b83b43a025df7c0a6d309.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a9b39ee666cc66e5880dbd9602dbe6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09489035c834812a9a1c4f104d97ac6d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca4468cf75dd3a861a79cef0f49adee.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155a90bfaafc4dd6ac988442375934ce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/184b0850c8397f998937b0f646ca66cb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48fe9c24fb852180b6aa909bafb2c81.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce29e8f7faf55af075170fc85f92dc7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f0bdb5e5812ec56b0a40b4d66bc679.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518e962513e053f3733eb8bf4f2af73b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15071e506c13b14c56fdba1a135a71a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3e5ae7e821e4bbf143d828b7d754eaf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfdd7346f4c77bdf2dbb4e842aad3904.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955e8b17473903b281f9543bf5d9608e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93f6c768c5fd70dc3d5e40e118152fe4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0645280c04582c4f6cefb7e08e7281.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38838eebead93f6acaa9ffb57998e5f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34978beff7f85090ff314fb11ca946d6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7c53f52125e0e3d74721b0b79c0fc7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b37f96e2e5855f0a016274e557084ad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05c097c283d1c57921184004d6588ca.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29cbeadb5379e0da3a136f9023e167a2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae7ed585f0210059e246f3df580f363.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18adaa90e35514988de443bb7aad7fe3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc29c1d34bcaf1caf6b022fdc41e427.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4193b761246e43827e0c7269c79cf055.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ae006a022112c17a4c4444d4c23bb6d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a916a022bc864fe26a0796e2e527c2c1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4119da9c257556a65982096cd20f2e9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/901f845d83cca9bf6c2768377480bd55.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06b01a6925e43159b5830cf25bd1580c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610cbd3e15eb4822d23a156698a466a9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>