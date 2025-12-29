--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,80 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 13:23</t>
-[...8 lines deleted...]
-    <t>GLOBALSAT</t>
+    <t>Lista gerada no: 29/12/2025 01:26</t>
   </si>
   <si>
     <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO TQ-143</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
@@ -109,132 +100,129 @@
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
     <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 220V</t>
   </si>
   <si>
-    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
-[...7 lines deleted...]
-  <si>
     <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
   </si>
   <si>
     <t>FOGAO ELETRICO ONIDA ON-01 (1BOCA) 110V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
   </si>
   <si>
     <t>Controles Longa Distancia</t>
   </si>
   <si>
     <t>JFA</t>
   </si>
   <si>
-    <t>ROUTER TP-LINK TL-850 EXTENCAO DE WFI</t>
-[...7 lines deleted...]
-  <si>
     <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>PULSEIRA BRASIL</t>
   </si>
   <si>
-    <t>AUTO FALANTE BOOSTER BS-168S - 6 POLEGADAS - 1000W - 4 VIAS</t>
-[...5 lines deleted...]
-    <t>BOOSTER</t>
+    <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
   </si>
   <si>
     <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 110V</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
+  </si>
+  <si>
+    <t>Eletr�nicos</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1012 - 12 POLEGADAS - 2 MICROFONES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde879c27d297528937739b46a1bd7eb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706a41e34bdbbb4eb2443eb9f93839ae.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2ddf55d47fb43a3bd6f5e14e86e15b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de963c423304bfd26420e424036f1bd4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8631c3c96f47af4fc6b3e28aa6d73ad.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c81c70a9e2a8f911f812a83cde5376.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c363b703382d886d193dd702aff69574.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b472a3d7ea0bd9079141be146f953a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f299120c051c6bea5cee32bf3bb98e9c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad3af65fdaa794b0b2d2af8b209a1217.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18ee9ff71176ca2737cd9a4b898b9b13.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb84c8c59a9a18b8ab3b9b8ccb24462.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39611f7b7f343c3813d12f8ade41c181.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac12c1e7cad1406e2449c8e2f8568c5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a9a846b950445bd0548db748d5263d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6b3b8da5f413fd86da15c2fe1a2b66.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360b7117b0a40f1eac5be1384e8d6ca9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98590c22d1a3ec7f25d3a073696777ba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b7ad4045d3220f782f96bbfbc10191.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f7401bfe69db267fe2ea477949567bb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc72bd5b07020a98780551e829abde9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6797d7d3a2798416080f2abfdb1aac93.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2d58b667b7e4e70a4b2426a4acb068.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589a6ebe020de21b9f7b44697405982c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b86aed1c2ccfad02c3bbcb14108c10b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c745a1ee86d7b9bfd5644422f85835.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f84e8bf8f0b1f44091a8898fbdf6892.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723e439f3a8941a8301c66cd5f6fd7c2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebb624cf0bb1fa8074590338e74013a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9e62332066ed9df6fb8f1f6b83c876.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a41e02834da3feacc64492a822ed2ef.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f05516970745b42e59909daade2578b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d0fc7022afec0ce19a6566c2f8c2d00.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b945f7ca27e7644198fb4e1d81fe60.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/413c632190639d76c223c65a60d7828b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f1262f24062f20a9013a011fd0caf6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cece2082004edde30ca43258b370834.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14345871d76a0e44373ce5f8e1df8ec9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90b5f74b3cdf8eb8bc51a5ceb2e6b8e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4f107a759ec4eaa76fb79cb8f3c705.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1168,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>224796</v>
+        <v>227490</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>227490</v>
+        <v>228374</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>228374</v>
+        <v>228695</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>228695</v>
+        <v>229098</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>229098</v>
+        <v>229791</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>2.75</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>229791</v>
+        <v>230766</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>230766</v>
+        <v>231510</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>231510</v>
+        <v>231527</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>231527</v>
+        <v>232050</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>231664</v>
+        <v>232753</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>39.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>232050</v>
+        <v>232760</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>80.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>232753</v>
+        <v>235167</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>232760</v>
+        <v>235303</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>15.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>232975</v>
+        <v>235617</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>13.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>235167</v>
+        <v>237314</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>3.6</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>235303</v>
+        <v>238205</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>18.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>235617</v>
+        <v>238748</v>
       </c>
       <c r="C18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
         <v>49</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>235990</v>
+        <v>240161</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>238205</v>
+        <v>240178</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>6.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>238748</v>
+        <v>242233</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>12.5</v>
+        <v>58.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>