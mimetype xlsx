--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,215 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 01:26</t>
-[...5 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 12/02/2026 15:27</t>
+  </si>
+  <si>
+    <t>PULSEIRA BRASIL</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>DESPERTADOR CASIO TQ-143</t>
-[...8 lines deleted...]
-    <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
+    <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
+  </si>
+  <si>
+    <t>Eletr�nicos</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1012 - 12 POLEGADAS - 2 MICROFONES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>PG-LED</t>
+  </si>
+  <si>
+    <t>LAMPADA LED PG LED C023 - 09W - SPOT - BIVOLT - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA PC SATELLITE  S001 - USB</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
-    <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
-[...113 lines deleted...]
-    <t>PROSPER</t>
+    <t>ALTO FALANTE 6X9 ROADSTAR RS-6930 - 2000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PARLANTE AUTOMOTIVO ROADSTAR 12" RS-1250BR 3000W</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS  MOX MO-CB734  AA*4 4300 2V</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO PROSPER K-1029</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA TELEVISOR LCD PROSPER H1880</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>BATERIA CR2016 PANASONIC - CARTELA COM 05 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>BATERIA CR2025 PANASONIC CARTELA C/05 UNID</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 PANASONIC CARTELA C/05 UNID.</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>DVR X-TECH XT-DV104 PARA 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>X-TECH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc72bd5b07020a98780551e829abde9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6797d7d3a2798416080f2abfdb1aac93.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2d58b667b7e4e70a4b2426a4acb068.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589a6ebe020de21b9f7b44697405982c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b86aed1c2ccfad02c3bbcb14108c10b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c745a1ee86d7b9bfd5644422f85835.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f84e8bf8f0b1f44091a8898fbdf6892.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723e439f3a8941a8301c66cd5f6fd7c2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebb624cf0bb1fa8074590338e74013a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9e62332066ed9df6fb8f1f6b83c876.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a41e02834da3feacc64492a822ed2ef.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f05516970745b42e59909daade2578b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d0fc7022afec0ce19a6566c2f8c2d00.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b945f7ca27e7644198fb4e1d81fe60.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/413c632190639d76c223c65a60d7828b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f1262f24062f20a9013a011fd0caf6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cece2082004edde30ca43258b370834.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14345871d76a0e44373ce5f8e1df8ec9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90b5f74b3cdf8eb8bc51a5ceb2e6b8e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f4f107a759ec4eaa76fb79cb8f3c705.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4eea78d428bc4c3970f1d411d8b4825.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce0287fa26762323400b9b6a9ebeea9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8385052e4cccd7b6eca4647e3e92a02e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052eedefe87cfbaf7e62afbf9961b236.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fd6dfc8ab68bfd44fa52a8d44d21e60.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790c6553232c74842892d842558ad0a2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c4487bbaa34d0988c6fe6353fb8c5e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5bd77d7d44ca6ab51765a51c315e412.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd6d00a0a666ffe3ad61a64a8548a8c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e1d068f4c85f52c60477e97b008351.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745d079291f7ce38f7f4366d8ffab4d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71d1cf5e20823ddc05f49dedd03fa604.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b38c5681fac4ee53bd5b3432dcdc522.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4293499a1454113b79c991b8110606a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2651358bf48946ce89787a0cba7480a9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa19f491fa034935d28197cb4607e242.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd9f1c68092d5b0920a1b8f3f8a55a9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84d126e1e3182eb677905a842f6c00e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8f15062d7cf49900643ef25239ff1e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c432fa7ff09582a8a2eeda445d615c7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1157,416 +1160,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>227490</v>
+        <v>235617</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>228374</v>
+        <v>237314</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.6</v>
+        <v>338.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>228695</v>
+        <v>238205</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>229098</v>
+        <v>238748</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>229791</v>
+        <v>240161</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>95.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>230766</v>
+        <v>240178</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>231510</v>
+        <v>242233</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.5</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>231527</v>
+        <v>242776</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>232050</v>
+        <v>242813</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>80.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>232753</v>
+        <v>242974</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>232760</v>
+        <v>246279</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>235167</v>
+        <v>246743</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>3.6</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>235303</v>
+        <v>247733</v>
       </c>
       <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
         <v>38</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>18.9</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>235617</v>
+        <v>249041</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>237314</v>
+        <v>250337</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>335.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>238205</v>
+        <v>250344</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="F17" s="3">
-        <v>6.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>238748</v>
+        <v>252096</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>12.5</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>240161</v>
+        <v>252102</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>240178</v>
+        <v>252119</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20" t="s">
         <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>1.46</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>242233</v>
+        <v>252843</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>58.0</v>
+        <v>52.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>