--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,218 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:27</t>
+    <t>Lista gerada no: 30/03/2026 16:32</t>
+  </si>
+  <si>
+    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>JFA</t>
+  </si>
+  <si>
+    <t>ROUTER TP-LINK TL-850 EXTENCAO DE WFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX991ES PLUS CIENTIFICA - 2� EDI��O</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
   </si>
   <si>
     <t>PULSEIRA BRASIL</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
+    <t>AUTO FALANTE BOOSTER BS-168S - 6 POLEGADAS - 1000W - 4 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
     <t>AR CONDICIONADO MIDEA 12000 BTU / 60HZ / Q-F / INVERTER - WIFI</t>
   </si>
   <si>
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
     <t>MIDEA</t>
   </si>
   <si>
     <t>SPEAKER MEGASTAR BOLA BRASIL - SD USB FM</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>SOPORTE P/TV SATE  30"/50"  A-526A FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>SANDUICHEIRA GRILL - MONDIAL - S-12 - 220V</t>
   </si>
   <si>
     <t>Eletr�nicos</t>
   </si>
   <si>
-    <t>SPEAKER PROSPER P-1012 - 12 POLEGADAS - 2 MICROFONES</t>
-[...2 lines deleted...]
-    <t>PROSPER</t>
+    <t>CONTRLE DE LONGA DISTANCIA TARAMPS TLC3000 - 300 METROS</t>
   </si>
   <si>
     <t>REFLETOR LED PG LED - 70W - F002 - BIVOLT - BRANCA</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
     <t>PG-LED</t>
   </si>
   <si>
     <t>LAMPADA LED PG LED C023 - 09W - SPOT - BIVOLT - BRANCA</t>
   </si>
   <si>
     <t>Lampadas P/Embutir</t>
   </si>
   <si>
     <t>SPEAKER PARA PC SATELLITE  S001 - USB</t>
   </si>
   <si>
     <t>Speakers P/Pc</t>
   </si>
   <si>
+    <t>CALCULADORA TRULY 808A-12</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
     <t>ACCESORIO GO-PRO (GEARBOX 3 )</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
     <t>ALTO FALANTE 6X9 ROADSTAR RS-6930 - 2000W</t>
   </si>
   <si>
-    <t>Alto Falantes</t>
-[...1 lines deleted...]
-  <si>
     <t>ROADSTAR</t>
-  </si>
-[...49 lines deleted...]
-    <t>X-TECH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4eea78d428bc4c3970f1d411d8b4825.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce0287fa26762323400b9b6a9ebeea9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8385052e4cccd7b6eca4647e3e92a02e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052eedefe87cfbaf7e62afbf9961b236.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fd6dfc8ab68bfd44fa52a8d44d21e60.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790c6553232c74842892d842558ad0a2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c4487bbaa34d0988c6fe6353fb8c5e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5bd77d7d44ca6ab51765a51c315e412.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd6d00a0a666ffe3ad61a64a8548a8c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e1d068f4c85f52c60477e97b008351.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745d079291f7ce38f7f4366d8ffab4d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71d1cf5e20823ddc05f49dedd03fa604.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b38c5681fac4ee53bd5b3432dcdc522.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4293499a1454113b79c991b8110606a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2651358bf48946ce89787a0cba7480a9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa19f491fa034935d28197cb4607e242.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd9f1c68092d5b0920a1b8f3f8a55a9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84d126e1e3182eb677905a842f6c00e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8f15062d7cf49900643ef25239ff1e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c432fa7ff09582a8a2eeda445d615c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/484e54a20c9ab40a6d3ff728423601c9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa4633a36da2d908e8870d25f17434c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f08305eeead3ee65aae2b441dedc8d0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5adbd3c39333eba32e0f3f344e8fdc32.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fc6391654009822416164940c7dfc6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e346faaf05ec9522dded56d835d34405.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44dc76ca294a78d9be48a42959bd246.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b31d70c761dfba9a57f8aab49ecebec.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb4548b65af9a0d85e4f056151d44d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0279c6ec64be61dedce2d6e5dfd058.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2846279b8f716706ef57638a7de2583e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/451bf9c39dd1682606c6efb83bb9e5ac.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c32362930d74faa635e2ebd38f2690a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e577cb82cf9911bf6d8276b1e59d58.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbffdd21f754c76f20a534063ca3a477.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2150650cd084d79036e493bd9238ae27.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c95ca107d35f53c610653d31233638b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af508c059cd5c28d3072f924ac61c443.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82ee5765bdaef4223fef2dfc3124d98.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6904bc895dfd1033163eee7c5fb2c39e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1160,416 +1172,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>235617</v>
+        <v>231664</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>237314</v>
+        <v>232050</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>338.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>238205</v>
+        <v>232760</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>6.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>238748</v>
+        <v>232975</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.5</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>240161</v>
+        <v>235167</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>17.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>240178</v>
+        <v>235303</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>16.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>242233</v>
+        <v>235617</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>58.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>242776</v>
+        <v>235990</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>242813</v>
+        <v>237314</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>242974</v>
+        <v>238205</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>246279</v>
+        <v>238748</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>246743</v>
+        <v>240161</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F13" s="3">
-        <v>19.9</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>247733</v>
+        <v>240178</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>249041</v>
+        <v>240444</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>6.8</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>250337</v>
+        <v>242776</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F16" s="3">
-        <v>3.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>250344</v>
+        <v>242813</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>252096</v>
+        <v>242974</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>1.46</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>252102</v>
+        <v>243377</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>1.46</v>
+        <v>5.15</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>252119</v>
+        <v>246279</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="F20" s="3">
-        <v>1.46</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>252843</v>
+        <v>246743</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F21" s="3">
-        <v>52.5</v>
+        <v>19.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>