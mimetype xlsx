--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:43</t>
+    <t>Lista gerada no: 28/12/2025 19:53</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
+    <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
   </si>
   <si>
-    <t>MINI VAPORETO TITAN - TLV-811 - 110V</t>
-[...7 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
-    <t>M�dulos</t>
-[...4 lines deleted...]
-  <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
-    <t>CORNETA PRETA - LONGA</t>
-[...4 lines deleted...]
-  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
+  </si>
+  <si>
+    <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2062cf1b3aaf561c403820964c46e5ff.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0bfb94bde75f160adcccfc0e88293e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463b843cbc2a1708262f9ee07ec90eb1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16aacc6a7895b40435319a4d1cdee43.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b38773a5c3ea8d315822a54afeb5890.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8900886bb9a1585c603a5b1ed716bb81.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5e01b916b0baec471a911d46a7d44b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a85cd5ed76d0f10499f91d425c46d19.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3927ee7fef8e0a5e88d6f2ab787ff87e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af48fa6e30f2249442b6785619af3b9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d44d9092529a7bc0c1fe7b64320a65.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11c55cbeabafb4716e0d79874dfe95b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c082f2361affde1d45ce572ce84f97.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b74be81616fd9e5c672844592b3565d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ece09a3cb010a5dec085ca58132b33.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f92198172804c656ede4be276336c01.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d315c33fb81c7a0751206a9bbd9a8c7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7315392795fbbb91bdddf276aaa53d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/421ef3c9297d36ddc8c8a43dd058faac.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/404f2f5c2f3f26629785e7c636e1ce0b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed679f5b66d67a12f6f9d34c9e62b9f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94090081d37c472bc70ccfe12f98955.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e47d8f374cc4ef057a64847bc10a84b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ed963d5886c4e29d4cc7a070e6bcb2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26fa7353a4f17bd05ca82e185d4b52ee.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7486f9dcbf6585d0d74ea50cd00b22a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a125683129e3278ec69a0c4a44b0857.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57f4fb4cdd368c0f6b0d6e572971027e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc65070fd0b7488244a6be6d18277314.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ff2d6b8f43bf7feac3ce812a91ca98.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64efb170eebc665bb477a8494cbbd142.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222916fe2452a14dec3e391db200db6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2808db1fc26011bc54d1a9fd966597be.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22753694ce7ddf192455542ce918e6c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23dca3b7768328c9c3a23f4c7b4cdc78.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28975a1aa1e04aed4f261c49a26779a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3468737116727a1ce07c09574ab42af.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1232ad8b59261e8d83df55e6f216e574.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d07896d00e879872fd5f3e3c2279f26.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e94a63e9e88a1b960279d6b8284ac695.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1200,131 +1194,131 @@
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>2.4</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
         <v>2.2</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7.86</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>2.66</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>420</v>
+        <v>352</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.56</v>
+        <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>512</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>581</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
         <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>604</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
@@ -1342,210 +1336,210 @@
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>741</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="3">
         <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
         <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
         <v>1250</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="3">
         <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>1632</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
         <v>7.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>1656</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>1663</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>1793</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>2.96</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>