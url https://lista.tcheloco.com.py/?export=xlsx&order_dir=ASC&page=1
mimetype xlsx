--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -34,168 +34,168 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:53</t>
+    <t>Lista gerada no: 12/02/2026 11:02</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
-    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
-[...1 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
-[...4 lines deleted...]
-  <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
+    <t>CORNETA PRETA - LONGA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed679f5b66d67a12f6f9d34c9e62b9f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94090081d37c472bc70ccfe12f98955.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e47d8f374cc4ef057a64847bc10a84b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ed963d5886c4e29d4cc7a070e6bcb2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26fa7353a4f17bd05ca82e185d4b52ee.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7486f9dcbf6585d0d74ea50cd00b22a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a125683129e3278ec69a0c4a44b0857.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57f4fb4cdd368c0f6b0d6e572971027e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc65070fd0b7488244a6be6d18277314.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ff2d6b8f43bf7feac3ce812a91ca98.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64efb170eebc665bb477a8494cbbd142.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d222916fe2452a14dec3e391db200db6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2808db1fc26011bc54d1a9fd966597be.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22753694ce7ddf192455542ce918e6c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23dca3b7768328c9c3a23f4c7b4cdc78.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28975a1aa1e04aed4f261c49a26779a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3468737116727a1ce07c09574ab42af.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1232ad8b59261e8d83df55e6f216e574.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d07896d00e879872fd5f3e3c2279f26.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e94a63e9e88a1b960279d6b8284ac695.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c811f98627358b8fb330c8e2e16b5a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1084e369f210b9a694716a1624bde0c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb55f0d0958fb8e9cf8b07a4ba9bb29.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b693315cb16a8c2b03ec28dd584c4be7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fafb443c8ef43c7f295d61cb3c459fc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701d1acf378c3dc14939e074dbe3cfcc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871bafd5aaef50f0dfa4b6cd421785d8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1020f4561425b83c25326a0f35ed5a3e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c11f44a273937b0da2ba376917fd10a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0af7f9cfef8983903e0a3a1eed2b274.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c450f5bee0ffca563bd3301b1f14fa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1b2b42a97a30012eb391f9e5913905.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ccd37ccbaa6fb7b23fa05222fd97942.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c36e9b981ad6bc02fa4519c078d3e2d0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd580a48d0f8de9c11384f3f53061d13.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43264b1e50d1636a4b9a57d369efaa6e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de95e5f722cb67bbbeeaab05dd28741c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e99bd8ffdb6726ad5d015fe6a08e043.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc05f28c9bc77cffe99a1cb088c67a9d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76eaf307cbac74cb07904f4465c477a8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1130,51 +1130,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1262,284 +1262,284 @@
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437</v>
+        <v>581</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1.59</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581</v>
+        <v>604</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>2.1</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>604</v>
+        <v>741</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>741</v>
+        <v>819</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>142.0</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>819</v>
+        <v>994</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>9.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>994</v>
+        <v>1199</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1.6</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1199</v>
+        <v>1250</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>117.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1250</v>
+        <v>1656</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>48.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1632</v>
+        <v>1663</v>
       </c>
       <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>7.5</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1656</v>
+        <v>1793</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>1663</v>
+        <v>2110</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>3.26</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3100</v>
+        <v>3681</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F21" s="3">
-        <v>0.9</v>
+        <v>152.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>