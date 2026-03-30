--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,95 +34,98 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:02</t>
+    <t>Lista gerada no: 30/03/2026 10:46</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
+    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
+  </si>
+  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
@@ -149,53 +152,50 @@
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
     <t>CORNETA PRETA - LONGA</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
-  </si>
-[...1 lines deleted...]
-    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c811f98627358b8fb330c8e2e16b5a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1084e369f210b9a694716a1624bde0c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb55f0d0958fb8e9cf8b07a4ba9bb29.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b693315cb16a8c2b03ec28dd584c4be7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fafb443c8ef43c7f295d61cb3c459fc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701d1acf378c3dc14939e074dbe3cfcc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871bafd5aaef50f0dfa4b6cd421785d8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1020f4561425b83c25326a0f35ed5a3e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c11f44a273937b0da2ba376917fd10a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0af7f9cfef8983903e0a3a1eed2b274.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c450f5bee0ffca563bd3301b1f14fa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1b2b42a97a30012eb391f9e5913905.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ccd37ccbaa6fb7b23fa05222fd97942.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c36e9b981ad6bc02fa4519c078d3e2d0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd580a48d0f8de9c11384f3f53061d13.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43264b1e50d1636a4b9a57d369efaa6e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de95e5f722cb67bbbeeaab05dd28741c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e99bd8ffdb6726ad5d015fe6a08e043.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc05f28c9bc77cffe99a1cb088c67a9d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76eaf307cbac74cb07904f4465c477a8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69bdaef98da93cdbf2319cb36b37a01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/339231c79978c89b1dba24864e0bc55e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc6d4a6a855f5b53958ab8c9b2e8469.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9191af21924bdce23e57ecf9f8b865f7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5322fec266fdac7452f1c3bc44568d0a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11756486ebf32a230d02383c945706e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43870eefb34db22aab23d0424ab0d96.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5459151bd32ae7e6f878a71e6f03d3a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699021e6be8e58ddb25f2541632facc2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/415fa3c8665b77a195f9bc872dc35873.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2ed38126b1ac2d61f81ea8396f712a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15bf2e8ef83b16bac8d2c1261edd748.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9e30b15f23d7b9528ae9896cbc5d8f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3251d3864764088955b928331ee4a67d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce3c2f0e163d9fcb3f97b9624e76498.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1192950998c59c03ccc347482ae49a6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/181743c7c8aa0ef73a3cb8fd8658d309.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4837256f1166aa1ba45b12edea58a1a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4647a5086146671415d8a339ebf5edff.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d7a51265a00fff228c61c9eb65dd102.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1223,323 +1223,323 @@
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
         <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>8.26</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
         <v>352</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>604</v>
+        <v>581</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>9.5</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>741</v>
+        <v>604</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>142.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>819</v>
+        <v>741</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.99</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>994</v>
+        <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>1.6</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>1199</v>
+        <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>117.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1250</v>
+        <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>48.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1656</v>
+        <v>1250</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1663</v>
+        <v>1656</v>
       </c>
       <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1793</v>
+        <v>1663</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>2110</v>
+        <v>1793</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>25.6</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2554</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>3.26</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>3100</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>0.9</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3681</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>152.0</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>