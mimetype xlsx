--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 06:58</t>
+    <t>Lista gerada no: 28/12/2025 17:50</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
+    <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
   </si>
   <si>
-    <t>MINI VAPORETO TITAN - TLV-811 - 110V</t>
-[...7 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
-    <t>M�dulos</t>
-[...4 lines deleted...]
-  <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
-    <t>CORNETA PRETA - LONGA</t>
-[...4 lines deleted...]
-  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
+  </si>
+  <si>
+    <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c13bf109819927107c486f7706a3ae3f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f87dda9ef2cf1bef636caec72807bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e5945530fe9103e6f932e02f574622.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65cdbb4bc603f0c46dbf08797b7d6e52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e68fe770e8d83a1eaca54c68e30853.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b03724224887f120973d0eb7ea92e6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab5eb275cd616a74aafd90462323558.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09b66d3546b5c901e34444074fa5cf92.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7035184920e6f3f2c0069017f4386828.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac58cd77b2e49f943ed3281f3b31cb87.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ccbad895102ba315fb402dc79715a6a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cb4a7efe16b97319e101d5c757f3db.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9071f0c931ddccdf0801472da01e70fa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e977492b842685c3fc0ef85c0f0167c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4976bf3dbe25f3465fbe95e248765f73.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fbe725edf25a05dbcc4ecdda2863534.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbed7e21cb0799becdf8b5713bab81b0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd25f2f2055eb3fe02039c36c69b889.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b13e8bc92aa5c6c915308d970f5a723.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c69da8fc0c80757324fa9a78933cafe.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6683deb48a80d0d63d95cb4fe1ecad8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769a4134fc0677f02af1364b6496c8ae.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50db7e527f54b0394aa42d4ac9ba9786.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6eea6e3b1488c83badb0388e3cb2721.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f28c524ac6c072534352e976817619.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97929b36f28d9dfbbc41d379ab2359c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9843313c96518cb2a2f0aae806bdbfab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb816dd5f91156a98637af5518ef701.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf684d3bf04fe3ddde9fe9638f7689b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec3eead974d01f42252b82d5cad6b53.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef74748132f22ee3ea6a7ac29fc4355.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d392308e85251de8abc05bfa00a68f47.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691fb7ea5ffcdcfa5d5c111ccf0b74ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e319f6feddd9b16be12d13ebcaab46.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b727454d16225607d8b8a41518926b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3720295ead35179f8170726f59f02f70.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7bafcca31fbc33ed6967ed5990a9ed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474d55d0c4d19d0386f2a2ad2a800bac.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd56839c49b8cdeb6d03066ed9c59b8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc876070f658daf249c86227a4fc997.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1200,131 +1194,131 @@
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>2.4</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
         <v>2.2</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7.86</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>2.66</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>420</v>
+        <v>352</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.56</v>
+        <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>512</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>581</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
         <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>604</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
@@ -1342,210 +1336,210 @@
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>741</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="3">
         <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
         <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
         <v>1250</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="3">
         <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>1632</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
         <v>7.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>1656</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>1663</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>1793</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>2.96</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>