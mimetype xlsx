--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -34,168 +34,168 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 17:50</t>
+    <t>Lista gerada no: 12/02/2026 09:19</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
-    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
-[...1 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
-[...4 lines deleted...]
-  <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
+    <t>CORNETA PRETA - LONGA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6683deb48a80d0d63d95cb4fe1ecad8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769a4134fc0677f02af1364b6496c8ae.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50db7e527f54b0394aa42d4ac9ba9786.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6eea6e3b1488c83badb0388e3cb2721.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f28c524ac6c072534352e976817619.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97929b36f28d9dfbbc41d379ab2359c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9843313c96518cb2a2f0aae806bdbfab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb816dd5f91156a98637af5518ef701.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf684d3bf04fe3ddde9fe9638f7689b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec3eead974d01f42252b82d5cad6b53.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef74748132f22ee3ea6a7ac29fc4355.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d392308e85251de8abc05bfa00a68f47.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691fb7ea5ffcdcfa5d5c111ccf0b74ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37e319f6feddd9b16be12d13ebcaab46.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b727454d16225607d8b8a41518926b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3720295ead35179f8170726f59f02f70.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7bafcca31fbc33ed6967ed5990a9ed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474d55d0c4d19d0386f2a2ad2a800bac.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd56839c49b8cdeb6d03066ed9c59b8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc876070f658daf249c86227a4fc997.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2134926ed386c0c2f7a68fe92e565184.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a25e266e77738389d0735a5763413c0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4feaee558d627aded826ef11734215e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524fad1a4210054f49b139a8bf82deb0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fe2fe2e6e9fab3574f1dc18fbcf6ef.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74bc9a4c66251edb05a522ccaf4be4ca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a6704afb79e7b6d51c9edef887112d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c773d0c409935a8f3fcbc836dbfc14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da60cbe5764b4693988a318301ae84c7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fc93b8ecefe3e11b8f78cb25d36b09.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64702017dfcd30336a984fc7e123e7b1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5259569977233b7220cb7402f7f858.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175c04a4d5b754bc084d6312ddd37c7e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793065cb7a4255e5274e9036b10bcfbb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c134a88c2770be8b2f635429560a23b4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d914daf5c4abfa3c6883a5468ede65.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b267a300aa8795bba2062dc75b72fb9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f630f51d5fdcba01bd3c58cf52d6354f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902796505dabcdb9a8dfed2d302bb1d3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c76615344b2a1e103629727ca9bdc1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1130,51 +1130,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1262,284 +1262,284 @@
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437</v>
+        <v>581</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1.59</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581</v>
+        <v>604</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>2.1</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>604</v>
+        <v>741</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>741</v>
+        <v>819</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>142.0</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>819</v>
+        <v>994</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>9.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>994</v>
+        <v>1199</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1.6</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1199</v>
+        <v>1250</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>117.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1250</v>
+        <v>1656</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>48.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1632</v>
+        <v>1663</v>
       </c>
       <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>7.5</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1656</v>
+        <v>1793</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>1663</v>
+        <v>2110</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>3.26</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3100</v>
+        <v>3681</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F21" s="3">
-        <v>0.9</v>
+        <v>152.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>