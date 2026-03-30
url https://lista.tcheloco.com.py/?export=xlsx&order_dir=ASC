--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,95 +34,98 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 09:19</t>
+    <t>Lista gerada no: 30/03/2026 08:54</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
+    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
+  </si>
+  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
@@ -149,53 +152,50 @@
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
     <t>CORNETA PRETA - LONGA</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
-  </si>
-[...1 lines deleted...]
-    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2134926ed386c0c2f7a68fe92e565184.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a25e266e77738389d0735a5763413c0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4feaee558d627aded826ef11734215e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524fad1a4210054f49b139a8bf82deb0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fe2fe2e6e9fab3574f1dc18fbcf6ef.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74bc9a4c66251edb05a522ccaf4be4ca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a6704afb79e7b6d51c9edef887112d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c773d0c409935a8f3fcbc836dbfc14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da60cbe5764b4693988a318301ae84c7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fc93b8ecefe3e11b8f78cb25d36b09.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64702017dfcd30336a984fc7e123e7b1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5259569977233b7220cb7402f7f858.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175c04a4d5b754bc084d6312ddd37c7e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793065cb7a4255e5274e9036b10bcfbb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c134a88c2770be8b2f635429560a23b4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d914daf5c4abfa3c6883a5468ede65.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b267a300aa8795bba2062dc75b72fb9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f630f51d5fdcba01bd3c58cf52d6354f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/902796505dabcdb9a8dfed2d302bb1d3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65c76615344b2a1e103629727ca9bdc1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1d3c37d84523b4f49080e22b94cbec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d332d5e92b30d614c1abe6c97b66e6f6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a179e279da70b0af83e3aeb63bf2af.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc4823b80f536ffc1b0813b2b62dd8c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f143872940df91be23aa22d00478466c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68e6762ef1f905ffbea91797865db76.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35213450ac2ae1d6cd648a25447f723e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab02e7de6e9c79cc030c7e83844fa793.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a9254cdd494efce58b4893fe15f311.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02929b5eeb8283aeabb637255bfd2aba.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe93a3695a40228ff0e7c78d6981b97.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f599d107990e109d0a20cf4bb03907b8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b71f79bb8a7a9bd30f84a3d1dfd7eb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d7c26172ac419bd151883d66d6b66f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ba7dcd27e93c26146d838f17d612a5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53186c54b2aef39b5492fd866671f5bb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17485837c2f522ced9937e4eaa955ce7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e21542b907bf07ece05eeead9929a0b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397d73cc87da944a3cd164b73d74e76e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/664d4f8271f6297138825e5557fe80a5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1223,323 +1223,323 @@
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
         <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>8.26</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
         <v>352</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>604</v>
+        <v>581</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>9.5</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>741</v>
+        <v>604</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>142.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>819</v>
+        <v>741</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.99</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>994</v>
+        <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>1.6</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>1199</v>
+        <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>117.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1250</v>
+        <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>48.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1656</v>
+        <v>1250</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1663</v>
+        <v>1656</v>
       </c>
       <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1793</v>
+        <v>1663</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>2110</v>
+        <v>1793</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>25.6</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2554</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>3.26</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>3100</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>0.9</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3681</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>152.0</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>