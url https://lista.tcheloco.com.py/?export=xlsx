--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 05:39</t>
+    <t>Lista gerada no: 28/12/2025 16:00</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
+    <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
   </si>
   <si>
-    <t>MINI VAPORETO TITAN - TLV-811 - 110V</t>
-[...7 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
-    <t>M�dulos</t>
-[...4 lines deleted...]
-  <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
-    <t>CORNETA PRETA - LONGA</t>
-[...4 lines deleted...]
-  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
+  </si>
+  <si>
+    <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc0fa586c26eb7b24b36975be92208f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0ac69176265a4a85123cc130fe21b15.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31abc60d995753b117dec89aeae231f5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e34b911b4e4b0100584f90d9b64769.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a47057c550715d5d07e68e726fb732a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ba54a723532ee114ea104fa2078608.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea4c246eae693ed07d79470e068151b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d1b8ac1e99566318b37e435f4b9f4ce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeac958f38da1735e0696f73b1feb97b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624e3a333c2ccca76c12ad57d6ee58b9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ced6ff30c1661f7efe60c32dce21ff.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83f6cb81dc11875901dcee2c45c7af6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1c7640a9fd3f6847562731fb4c05de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee2583ce3ec8608894ae72a3e7236cb0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9194fbd7a9cee395a0d6054430b9616a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e565fafe3d947a2c190da985cb42b6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4146b6407819ff0788993a31ceb5436b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/549d8234bbeee376637c03c09d9bb05c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4106b801307721df2e422b3e36c025.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe744ebbcdef460e98eacb2caee09ba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45e8b38a83d827f5fc80d33c4eb8e28.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c83bbc8f26cd2f3fe88148598b0e64.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8793749c4e73e39322c16ca212662364.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5f36890bae06cf238d82d21bcb3dc4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a9ca4b324f86a48acce96c630ea583.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6407702ff3c1615972443ab25287ec54.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a2179b4ea8d34f15f740c2c9f884cb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e37fec4b637490f8e3d825cdf7f45c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb859f8b9a22bb9a297c7d7cde58ab72.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3dbc929ab53e257676e7d13e0a89d6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3d005c5ebcd0063bd0c8988b001d75.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b21f13bed6e602c33b7d1b21b5134c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c594f1318310000b4abebdec5390db0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2947163fc78bca17d332fee7c1153.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b7c42f65d2c12da80bd793da669cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a350e939d9f73ea7489984fd6f5c4b3a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a923acaab8227b03ae33628860057f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b01f869fcb760c67713dc8cbf1fc6f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a254df54db9107062e3e3953cc40fe7c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ea328d39464ec0225724939461455.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1200,131 +1194,131 @@
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>2.4</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
         <v>2.2</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7.86</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>2.66</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>420</v>
+        <v>352</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.56</v>
+        <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>512</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>581</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
         <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>604</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
@@ -1342,210 +1336,210 @@
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>741</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="3">
         <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
         <v>9.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
         <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
         <v>1250</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="3">
         <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>1632</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
         <v>7.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>1656</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>1663</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>1793</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>2.96</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>