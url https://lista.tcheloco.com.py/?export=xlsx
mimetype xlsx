--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -34,168 +34,168 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 16:00</t>
+    <t>Lista gerada no: 12/02/2026 07:51</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
-    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
-[...1 lines deleted...]
-  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
   </si>
   <si>
     <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESSAO MANUAL BIGSTAR PLUS BSP117B</t>
-[...4 lines deleted...]
-  <si>
     <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
   </si>
   <si>
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
+    <t>CORNETA PRETA - LONGA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45e8b38a83d827f5fc80d33c4eb8e28.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c83bbc8f26cd2f3fe88148598b0e64.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8793749c4e73e39322c16ca212662364.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5f36890bae06cf238d82d21bcb3dc4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a9ca4b324f86a48acce96c630ea583.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6407702ff3c1615972443ab25287ec54.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a2179b4ea8d34f15f740c2c9f884cb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e37fec4b637490f8e3d825cdf7f45c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb859f8b9a22bb9a297c7d7cde58ab72.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3dbc929ab53e257676e7d13e0a89d6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3d005c5ebcd0063bd0c8988b001d75.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b21f13bed6e602c33b7d1b21b5134c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c594f1318310000b4abebdec5390db0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a2947163fc78bca17d332fee7c1153.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467b7c42f65d2c12da80bd793da669cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a350e939d9f73ea7489984fd6f5c4b3a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a923acaab8227b03ae33628860057f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b01f869fcb760c67713dc8cbf1fc6f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a254df54db9107062e3e3953cc40fe7c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7ea328d39464ec0225724939461455.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21b374acbeb4bb666145e2fe58e1ddf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49c0ca8d1a8266ee459b76dcef4d9430.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff6944400f4b30a2dd7b147494fe323e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c1fe483327b3409f6b594ebfad2647.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5b9542281759e5f78ee8650f026d076.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878f245a071259f12ca1526c030edf2a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391b14aed10c8f9e66718d893ef93e37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a9a5e0c41fbca2a6d43ca29521f47fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00c47f060b7dbc308acc5dee661edbc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae59daf038186352fca8abf13069706.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2c407df8a7347e80277ce604ae9535.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ca46380be7753ba6a67157c2de473b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dfc436ace636573ec563735d900f49c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad996ee1fbeb49aed13d1f54a51f8e77.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96b30ced1666003b9e374fd16c4ca4f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d8aaec28172ef896a464f1cb76f200.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4700a39a701fe8874f3f501af862ef.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38717459729d9c6f86f9e537c698ec99.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c62520c718a0f74d44561a199cc658.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7cfd765e58139c537abec3ed8f7d6b4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1130,51 +1130,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1262,284 +1262,284 @@
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437</v>
+        <v>581</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1.59</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581</v>
+        <v>604</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>2.1</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>604</v>
+        <v>741</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>741</v>
+        <v>819</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>142.0</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>819</v>
+        <v>994</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>9.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>994</v>
+        <v>1199</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1.6</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1199</v>
+        <v>1250</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>117.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1250</v>
+        <v>1656</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>48.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1632</v>
+        <v>1663</v>
       </c>
       <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>7.5</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1656</v>
+        <v>1793</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>1.3</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>1663</v>
+        <v>2110</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>1.25</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2110</v>
+        <v>2554</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>25.6</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>2554</v>
+        <v>3100</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>3.26</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3100</v>
+        <v>3681</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F21" s="3">
-        <v>0.9</v>
+        <v>152.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>