--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,95 +34,98 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 07:51</t>
+    <t>Lista gerada no: 30/03/2026 07:10</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 319-8</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>CALCULADORA TRULY - 318-8</t>
   </si>
   <si>
     <t>MODULO ROADSTAR - RS-4210 - 840W - 4 CANAIS</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC AAX4)X13 AA - 52 PILHAS - 4 PCS CADA</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>BATERIA  CR123A  PANASONIC</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>BATERIA CR2016 MAXCELL CART C/05</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
+    <t>BATERIA CR2025 MAXELL CARTELA C/05</t>
+  </si>
+  <si>
     <t>PAPEL TERMICO PARA FAX - 236 X 30</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
@@ -149,53 +152,50 @@
     <t>Pilhas Alcalinas</t>
   </si>
   <si>
     <t>CORNETA PRETA - LONGA</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
   </si>
   <si>
     <t>INFORMATICA</t>
   </si>
   <si>
     <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
-  </si>
-[...1 lines deleted...]
-    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21b374acbeb4bb666145e2fe58e1ddf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49c0ca8d1a8266ee459b76dcef4d9430.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff6944400f4b30a2dd7b147494fe323e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c1fe483327b3409f6b594ebfad2647.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5b9542281759e5f78ee8650f026d076.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878f245a071259f12ca1526c030edf2a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391b14aed10c8f9e66718d893ef93e37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a9a5e0c41fbca2a6d43ca29521f47fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00c47f060b7dbc308acc5dee661edbc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae59daf038186352fca8abf13069706.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2c407df8a7347e80277ce604ae9535.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ca46380be7753ba6a67157c2de473b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dfc436ace636573ec563735d900f49c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad996ee1fbeb49aed13d1f54a51f8e77.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96b30ced1666003b9e374fd16c4ca4f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d8aaec28172ef896a464f1cb76f200.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4700a39a701fe8874f3f501af862ef.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38717459729d9c6f86f9e537c698ec99.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c62520c718a0f74d44561a199cc658.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7cfd765e58139c537abec3ed8f7d6b4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44fe9f044e661c7bd39307ee9b9ae9b1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e49e8137398a630ec8ae355b46c597.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35298bb35621ec75625f87ed865c308a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cc8f9ba52c7f365ec8827481e0bc609.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668cebe67f10906ee91927471bf05e10.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3a993d7812931113f9a2fe55ae77643.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1012453d4e1d08ca6e0c8102c2876eab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ef2e889b04ef967f1929c89cb8db092.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a43edc9eb5ce1698f34537aaac55af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce322e08d00dfd51418e55921f5218a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f19e8c564fbf1beb7d6fa62193482994.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7319fab60e07f0d509204477d9931aae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea66b6d55409ac2270007e89393a1406.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1914cda2f5fcb505e6b288836a9ceacf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48c180b4be653e0c1494eec8ae7acce7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c0a451924961c7d70e14fa27f21ac45.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e974b6ea7cb67bc5affdcb9dc99e71b3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01fe247dd41707e81e9db23839e4618e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71ad62c9fe8f03add198c0f544289411.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4be06a2734323b2d581ffe4ace88cf1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1223,323 +1223,323 @@
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
         <v>338</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>8.26</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
         <v>352</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
         <v>2.66</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>420</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581</v>
+        <v>437</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>604</v>
+        <v>581</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>9.5</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>741</v>
+        <v>604</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>142.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>819</v>
+        <v>741</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>9.99</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>994</v>
+        <v>819</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>1.6</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>1199</v>
+        <v>994</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>117.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>1250</v>
+        <v>1199</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>48.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>1656</v>
+        <v>1250</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>1663</v>
+        <v>1656</v>
       </c>
       <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>1.25</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>1793</v>
+        <v>1663</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
         <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>2110</v>
+        <v>1793</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>25.6</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>2554</v>
+        <v>2110</v>
       </c>
       <c r="C19" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" t="s">
         <v>41</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>3.26</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>3100</v>
+        <v>2554</v>
       </c>
       <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>0.9</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>3681</v>
+        <v>3100</v>
       </c>
       <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>152.0</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>