--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,203 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 05:27</t>
-[...11 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-S106/BLUETOOTH</t>
+    <t>Lista gerada no: 07/03/2026 01:16</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-2115 SPEAKER / BLUETOOTH / FM</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ESCOVA ONIDA ON-381/2X1/BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS - CHAVE FENDA WADFOW WSS1416 / 16P</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>KIT DE CHAVE DE FENDA WADFOW WSS1B10 / 10 PCS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2112/USB/MICRO SD/BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...89 lines deleted...]
-    <t>PLACA INFRARROJA ECOPOWER EP-3075 / 220V</t>
+    <t>RADIO CAR ECOPOWER EP-7012 BT/ MICRO SD/USB/7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS RAF R.8112 / PORTA MALETA / 2 EM 1</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>PATINETE  FOSTON INFANTIL BY-2</t>
-[...17 lines deleted...]
-    <t>SANDISK</t>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7035/1000W/220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>TOSTADOR RAF R.265/4-PAES/220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MOUSE ECOPOWER EP-K007 COM FIO GAMER</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE ECOPOWER EP-K006 COM FIO</t>
+  </si>
+  <si>
+    <t>TECLADO  ECOPOWER EP-K004  ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>TECLADO+MOUSE SEM FIO+MOUSEPAD ECOOWER EP-K003</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C304 12D</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C303 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C302 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C301 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C300 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C307 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C306 12D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/132e5a0f332c416029f601177218ec32.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eadc14174648e5a1f0dfad40d8af3fd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c82d4b4a9e5df41af5361df1fce588.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037865356dad8c13d0df9e7570b459ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f898bdc91ba6709321dd16f0b60988.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af368c5b6b79267c2d8e8f4da3f01dc3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc493eaa551da67deb757ec28b925d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ff23a2a6a11f95c8e85b625baa380b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29f770d59b790adc727c9246e703ff6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17561c335b378a5759be6170fb3c2809.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39991c05e787e7c03b11a74a00e28af7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51296087f77c424479efa915f5087229.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5952e243735cf9fa7ab9a5ae2a9947c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6cb185838e28ce955bc42087b617909.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e507d13642209fea6e8804199ecf3f41.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3cb8b45210137d4f5e08961a013c27.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c88f30a5864417db500989bd76b23ad.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38770d2f7b4f940c279b48223d78697.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3318511af2abb2b79dd886348f851e0e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9d2380552ab96578e595b8335c6ed9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7319901a3191eb3c492de89662601ec8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e636c9050edd88d4bbea79dd4d5fab7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d25c9a9c533ea1f3296cd524e62712ec.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e59edb725de47e07fcb0c7d3b274dd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd0d46f0ee0a0f89cf8e37843be140bc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b621f95926a5e77f1198100b9b5542b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0872ac9c71b8c6e6ddfb3717feeebb89.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33581d674e65bc76700f0a70d79698a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a72f9095bb866eb9323199c6ffa061.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f49297d3e5485084de412419028d3a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b2803e30e6cf86d4e05aff4e983714.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a416a1ab026ce3850a887f72e016845.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4274ac39932a5dade39092adc7a58243.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9067137ac8c6c84c7f678d20c3f3f220.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5aafa3f62333e942db133d8dbb82c8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe1f5d9170a494baf7954fc94e1c408f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca75032afec29693d4b3a3729024950.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc7c6344c3e91be3ea840ebab70bc28.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e76591462aa77100448cc5d9366063.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8174c2cacab2264f0e9c5a4e2f4c39a2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="87.122" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>537285</v>
+        <v>537735</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>537209</v>
+        <v>537667</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>537193</v>
+        <v>537612</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>537179</v>
+        <v>537605</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>537162</v>
+        <v>537599</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>537155</v>
+        <v>537575</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>537049</v>
+        <v>537544</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>536981</v>
+        <v>537513</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>56.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>536929</v>
+        <v>537506</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>536912</v>
+        <v>537483</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>536868</v>
+        <v>537476</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>536844</v>
+        <v>537452</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>536813</v>
+        <v>537445</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>12.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>536806</v>
+        <v>537421</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>536790</v>
+        <v>537414</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>536783</v>
+        <v>537407</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>170.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>536738</v>
+        <v>537391</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>100.0</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>536677</v>
+        <v>537384</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>536646</v>
+        <v>537377</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>142.0</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>536608</v>
+        <v>537360</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>24.7</v>
+        <v>2.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>