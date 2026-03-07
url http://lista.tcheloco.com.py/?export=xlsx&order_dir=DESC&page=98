--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,170 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 04:36</t>
-[...11 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2112/USB/MICRO SD/BLUETOOTH</t>
+    <t>Lista gerada no: 07/03/2026 00:08</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSE-1358/5 POLGADAS/2 VIAS/260W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CONTROLE REMOTO DE LONGA DIST�NCIA STETSOM SX1500</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>STETSOM</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F189 / 2 CANAIS / 4 FAIXAS / (SOS) / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO POP/BLUETOOD/WIFI/AZUL</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X1 LARANJA 300W</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENT�FICA CASIO FX-82LA PLUS/AZUL</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2383/BLUETOOTH/USB/FM/CONTROLE</t>
+  </si>
+  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FOGAO A GAS RAF R.8112 / PORTA MALETA / 2 EM 1</t>
+    <t>SPEAKER KOLAV D2101 2X10" RECARREG�VEL USB MICROFONE BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>C�MERA HD HIKVISION DS-2CE56D0T-IRPF 2.8MM/2MP/INTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>JARRA EL�TRICA GLOK SK-18A20 PL�STICO / 1.5L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP013/RECARREG�VEL/2V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA VACUUM VARES CORES</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VACUUM</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO TARAMPS TW20 G4 II</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>ESCOVA RAF R.420/BLK-GLD/220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO RAF R.8010BB (1 BOCA) / 220V / PRETO</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>RAF</t>
-[...71 lines deleted...]
-    <t>BATERIA AUXILIAR ECOPOWER EP-C878 / 12000MAH</t>
+    <t>VIDEO PORTEIRO SATE A-DB24/SEM FIO/5 PULEGADAS</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO SATE A-DB23/SEM FIO/5"</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 ECOPOWER EP-3561 / 2V</t>
+  </si>
+  <si>
+    <t>ALISADOR ECOPOWER EP-2005/2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>ALISADOR ECOPOWER EP-3562 / 65W / 2V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -200,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35faaeca43321e4041d34a44cdb5b75b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e497e6a45e8ffb7548e5059f733154.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee1f5e1c75e6e74cce472575c058a27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3afc1d81b9f88dfe54d98873f85b5c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d60109f32f8c0aa4898283442cf673.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d98aad7a2925a60b9c62a2ece1ec4a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13636e7af7292f1296b942f2bc247c0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c585bd038f1bf6a391814fe10edc2ad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c76701ac0fa06cc027da18ca42e5c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1b632dd34dd6b3ac705d65c481ec15.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49eddb08caf3ee4ef199e9dd389a5f4e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69cd827f8bc8b7e23f8452a91c72d56.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b6048f8650c72be908e4c0a4a3adc9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a33df1b54a1a8325adcabbf767b52bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d2374fbdc66e988fdf48f77adae568.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff4dd732c1a1ef791fb1be317a157a5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172d068ecde1dd6d4783c0d398d09335.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ca83cea3945e837f9cc830a799d3af.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c793f41b79a8fde759203582fc2ef13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf98176c4ee1480a93fd2c2df6312bb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a99200d11bb18fb5cc6af730064acb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eb2486ee843f198671a2e1560adedd9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224fb713706fd6e15f9518e72d2ba8d5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d642430e10904b81a057a432a2ccb10.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4fcacc78018d67bfcab011e5fe5f967.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5efcba2ccd103d8c0a65d62107833da1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44d91ea9929eac4fa067faa5a75b6c2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185371ba0f36b673b5e7834cbfef1a1b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8328178b17b40c29130b37aef47940.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c16cad5b591854ebf1d1ebc14af3deb1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05cb88d9ee418350a85cbd56687d5ea2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/491f59c4415ccceb0074946edee573ad.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d900d3fcac65258405d6e07a2a7508.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df3a929cc7b5739a2f2ba80fafed348a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0ce8d6431cce63120bbbd4affdb783b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dd3aab709aa7637f53a5b3db6dc0132.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226376d029adebd938c0bab1fe4f58bf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6a4ac47f4130025f70bfa733fde2fb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8e1f7b3f01942b9843bc836b27ad5f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94993ed7934fc8afc00e85d9ad6d1365.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>537605</v>
+        <v>538466</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>537599</v>
+        <v>538459</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>537544</v>
+        <v>538411</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>537513</v>
+        <v>538404</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>13.5</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>537506</v>
+        <v>538329</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>537483</v>
+        <v>538244</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>537476</v>
+        <v>538190</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>2.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>537452</v>
+        <v>538022</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>537445</v>
+        <v>538015</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>537421</v>
+        <v>537995</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>537414</v>
+        <v>537971</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>1.9</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>537407</v>
+        <v>537940</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F13" s="3">
-        <v>3.3</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>537391</v>
+        <v>537933</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F14" s="3">
-        <v>3.85</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>537384</v>
+        <v>537919</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="F15" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>537377</v>
+        <v>537902</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>4.4</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>537360</v>
+        <v>537865</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>2.3</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>537353</v>
+        <v>537858</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>537322</v>
+        <v>537780</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>537315</v>
+        <v>537773</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>537308</v>
+        <v>537742</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>