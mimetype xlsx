--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,203 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 02:43</t>
-[...5 lines deleted...]
-    <t>Microfones</t>
+    <t>Lista gerada no: 06/03/2026 21:30</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA M-8210 2CHIP DARK BLUE</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 225 2CHIP BLACK</t>
+  </si>
+  <si>
+    <t>TIARA "PATINHOS"</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP704 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP7010 15.6"</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS TOTAL ESMERILHADEIRA 710W 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H154 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2383/BLUETOOTH/USB/FM/CONTROLE</t>
-[...5 lines deleted...]
-    <t>BATERIA AUXILIAR VOYAGER EPS-501 / MULTIFUNCIONAL /PARA AUTOM�VEL</t>
+    <t>VENTILADOR ECOPOWER EP-V007</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>CROSSOVER PYRAMID CR74 3 VIAS 6 CANAIS</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>VOYAGER</t>
-[...20 lines deleted...]
-    <t>JARRA EL�TRICA GLOK SK-18A20 PL�STICO / 1.5L / 110V</t>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>CROSSOVER PYRAMID CR73 GOLD S. 6 CANAIS</t>
+  </si>
+  <si>
+    <t>ESTILETE REMOVIVEL WADFOW WSK2913</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>ASPIRADOR BRITANIA VERTICAL BAS1295 / 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTA - PARAFUSADEIRA SATE A-TK85 / 2V / 44 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTA - PARAFUSADEIRA SATE A-TK84 / 2V / 44 PCS</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE MINI 787 COLORIDAS</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>TAPER ESMALTADO SUNLIGHT SEM TAMPA 1PC</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA SUNLIGHT S2217N / 2L / 110V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...80 lines deleted...]
-    <t>WADFOW</t>
+    <t>MOCHILA NOTEBOOK SATE A-KP77/13 PULEGADAS</t>
+  </si>
+  <si>
+    <t>TESOURA DE PODA TOTAL THT0601</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA TOTAL AA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406baac7ff1f364c25161475b7273ba9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf227cbe40a19897f7339fb4e7b58ac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f041910bfd70bce8e2d2801134f6a325.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf59406f374691b1829eefba2103c82.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbee0e4100171eb0657b171808588ca1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/febcf11b8473e9c47e85463bec440f49.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae69bc4f309e0e2c19e53f59ec316f8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed7d757e1f1eda0aa67027d9a0eada8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7bb19e0ee00f34a9b6e073f0fa0319.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b14dd695922ac6b57aa14fb9b7efa6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08fa3ee0c421c094ce7c79ac1ed456f2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee154e7f9872177263a3df5d2b31abc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a07def26a1a612dced0558710eefd4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/985db88b0dee16159d769ce34e49a0e0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b96261331406f503b470953d64f4487.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a9aff994ef6c71d78ae795357273bb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bc994d207fe0b7c2e6be0b098f8ec42.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/189ba319b2f76898f5c33ead68b70e20.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691801c536e0a1d0da5ee453e8405d2a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a154de571be399137b4bd31649e4d5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67cee6f600f58ff1989d13b916741ea4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08e44181e40f3e2a30e9ad1e68538002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1318eb44553960308e8a6758846bef.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ccc6bbab3392a438a17d47a6be0c84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f18233530c51022712a6b73eb368f41.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb608b7616d8d26715bee9cdf83e83d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9334f35b05745dc0aaa1a524c1ecf144.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3193a2fce0a21da4dd3cae6c3013cd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fd595e8b3edcab51dd2572783e4599.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366ded7daace70f79b294a8ed3de03a0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d27ab0584f19142e5467219b366d70.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a267ff9a6599dd870450cf5393ddbc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/669c8bb2266b538d6d22db284907159d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cdb1776c76c838d795ac27f8b6d18a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e287fe446b01cd2e39b56db5f82d14a8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea800851a4bdeb5bbabb5f9e71e473a3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905119c003f0099242e6a11777c0513e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/889a8d7475c468f1e61eedf8a081f5cd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8fc72dacdce9bf1c863a6076147d15.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2f769b1f593f1990d2c12349090a2c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>538206</v>
+        <v>539609</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>538190</v>
+        <v>539593</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>538169</v>
+        <v>539494</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>75.0</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>538022</v>
+        <v>539333</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>85.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>538015</v>
+        <v>539326</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>537995</v>
+        <v>539036</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>3.99</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>537971</v>
+        <v>538992</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>537933</v>
+        <v>538930</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>36.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>537926</v>
+        <v>538848</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>22.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>537919</v>
+        <v>538831</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>537902</v>
+        <v>538787</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>537872</v>
+        <v>538718</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>537865</v>
+        <v>538701</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>46.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>537858</v>
+        <v>538695</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>41.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>537780</v>
+        <v>538657</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>9.8</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>537766</v>
+        <v>538633</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>8.5</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>537742</v>
+        <v>538596</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>537735</v>
+        <v>538541</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>537667</v>
+        <v>538534</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>537612</v>
+        <v>538510</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>0.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>