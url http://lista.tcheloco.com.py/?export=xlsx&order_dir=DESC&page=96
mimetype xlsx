--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 02:05</t>
-[...5 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 06/03/2026 20:53</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G048 1000ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CROSSOVER PYRAMID CR74 3 VIAS 6 CANAIS</t>
-[...20 lines deleted...]
-    <t>KIT DE FERRAMENTA - PARAFUSADEIRA SATE A-TK85 / 2V / 44 PCS</t>
+    <t>GARRAFA TERMICA + CUIA ECOPOWER EP-G114  / 1300ML</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E106 WIFI 2 CAMERA ALARMA</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA VOYAGER HYUNDAI IX-35 2010 15</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA VOYAGER KIA SPORTAGE 2010 14</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA VOYAGER TOYOTA PRADO 2010 GPS TV DIGITAL</t>
+  </si>
+  <si>
+    <t>ASPIRADOR SATE PORTATIL A-CV1103W</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MOCHILA PORCHETE MINI 787 COLORIDAS</t>
-[...101 lines deleted...]
-    <t>CASIO</t>
+    <t>CAMERA IP BAK BK-9100 2MP 3 ANTENAS YI IOT</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>RELOGIO BIOMETRICO SATE A-FA33</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>MONITOR HYE 32" CURVO HY32VIEX165</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MONITOR HYE 15.6" LED HY16BLM HDMI VGA</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>FORNO BRITANIA BFE49 / 49L / 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>LED PARA BOMBA DE MATE TERERE</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABID XO-CF3 / 1500W / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>GELADEIRA 8.0L 12V 220V XO-CZ015</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S723 BLUETOOTH 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O ECOPOWER EP-2735 PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O ECOPOWER EP-2733 BRA�O</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8143 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2124 USB MICRO SD BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321eb709dd3db1479f8e46bdde503105.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09580d7846dce2d6b51bf1bed81e3e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87b00b24bb3b3b251fb45045450f55a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844abfc679b1331fff5acdc87438cab6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f5a42d968399c005e1e1097e12256a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37c51ec808a7fb4d569a01d55e0acb7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08310a17949ea66ce8196dd925dfc4fa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/614e15d48a76ba302fa416ef80ffacab.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e4613a2469e3dc88035e4187dcaf801.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096a5fb783dda16a287f8fb6538957c5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbb6c9a9cfc0660fadf10c375a4a46a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a5f8e7175a77d04eb0ce4af7a00b82.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6112137eba254aaaa8ed067993f6ae.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccdc2f39bf3f65b513325b8d83b9e8df.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c113e9f76917d578cac058a644f71ae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f09d731b1f6bd486985e13a4ef98d4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c04289c44b9c51058d9dd7b2c14acc7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63f25513e11257711a49fbb9d6bbf10.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acfbe11ca297bf88934e7676f21aa5f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccacd9874ba519633e51b0884c76799c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170879e42818f4fc573c72e43438fa9a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7475969f6d04ef6523258a4feacd5f46.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d18e07aa58fca0e91534e1d0abe8512.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191f790d73894ad0595cb3791efb85a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf90589ea2b11e42b394b9e9be77baa8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a939c2443248e94c04e10f98a97d07c1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d2388c2f1a9b85212c6240ac08f7b8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3879711d93225d2e03296178f39f348f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8deb087410e17646c279f2d83fc4bbb9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb3c89f3096e7a1e989dc69a228f8c0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bb9066fb4f2c9bbfe83978fa5b25ec2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b4b6f4948fa3204e0c8b829b6e88c8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1baa45828fc7b44f88f7e557faaa8bab.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ed21e9cdfaf7f8560abc13ab5710f3f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41eb2c65002af4526e8c44f69a56acbe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6ede2049287aa17047b8dbe01c0f08.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b8d2ea90c53e08380474b27ad93c1f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97af109eb20f5289628e0da933db714f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d582264cdc776ce856c81a58fe10ff46.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5657af654d1a6f133e585d7defdc245.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>538930</v>
+        <v>540254</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>538848</v>
+        <v>540230</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>538831</v>
+        <v>540209</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>538787</v>
+        <v>540186</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>0.95</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>538701</v>
+        <v>540179</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>538657</v>
+        <v>540162</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>538633</v>
+        <v>540148</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>1.5</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>538596</v>
+        <v>540131</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>538558</v>
+        <v>540087</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>68.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>538541</v>
+        <v>539999</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>538534</v>
+        <v>539982</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>538510</v>
+        <v>539975</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>0.99</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>538497</v>
+        <v>539937</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>0.6</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>538466</v>
+        <v>539920</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>18.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>538459</v>
+        <v>539715</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>538404</v>
+        <v>539708</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>38.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>538329</v>
+        <v>539678</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>208.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>538282</v>
+        <v>539661</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>0.59</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>538251</v>
+        <v>539654</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>3.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>538244</v>
+        <v>539647</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>