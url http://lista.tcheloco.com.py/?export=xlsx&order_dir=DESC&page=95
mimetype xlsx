--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -1,222 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 23:58</t>
-[...38 lines deleted...]
-    <t>ESCOVA GIRATORIA ONIDA ON-1037R PINK  2V</t>
+    <t>Lista gerada no: 06/03/2026 15:35</t>
+  </si>
+  <si>
+    <t>RELOGIO MOTOROLA WATCH MOSWZ70-RG ROSE GOLD</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>RELOGIO MOTOROLA WATCH MOSWZ40-RG ROSE GOLD</t>
+  </si>
+  <si>
+    <t>RELOGIO MOTOROLA WATCH MOSWZ40-PR BLACK</t>
+  </si>
+  <si>
+    <t>TABLET LUO S17 ULTRA 64GB 4GB 5G SILVER</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BINOCULO SATE COM CAMERA A-DV926</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAPA TABLET ADVANCE PR5850 KIDS BLUE</t>
+  </si>
+  <si>
+    <t>ADVANCE</t>
+  </si>
+  <si>
+    <t>CAPA TABLET ADVANCE PR5850 KIDS PINK</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA MONDIAL 5 EN 1 ER-09 220V</t>
   </si>
   <si>
     <t>Escovas Giratorias</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...2 lines deleted...]
-    <t>GELADEIRA 8.0L 12V 220V XO-CZ015</t>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>FONTE RECEPTOR UNITV ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>UNITV</t>
+  </si>
+  <si>
+    <t>GRILL WINNINGSTAR ST-9675 / 1500W / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA WINNINGSTAR ST-9368T 1400W 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BEBEDOURO WINNINGSTAR ST-6508 DE MESA / 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>EXTRATOR MEGASTAR JC-621 A�O INOXID�VEL / 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RX720BTG BATER�A USB BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ESTA��O DE ENERGIA PORT�TIL BAK 600W KIT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL GO-4 BLUETOOTH BLUE</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER FH-S725BT 2DIN BLUETOOTH ANDROID SPOTIFY</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>LIXEIRA SMART SATE A-JA616 16L</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-S723 BLUETOOTH 2V</t>
-[...83 lines deleted...]
-    <t>Ventiladores</t>
+    <t>LIXEIRA SMART SATE A-JA615 12L</t>
+  </si>
+  <si>
+    <t>LIXADEIRA TOTAL TF1301826 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bdb41b0fd07591e6528b0224f116dab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c091c5bebcaf1cb67d98f12fa065ff.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc7042cc1009b01b8e9a2759ccd5bab5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e257d082f212ce3cb8f51412d6e77f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684f6cfddd1e1f79cddef89843fb81e4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc2e633b967b1ea4c574a73f41e3f3ba.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a77dfeaeb49d72479d951e5327d3d32.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c69142aee715c482aa501d28eeebba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be8ff4129a05fa936cab06e384d4a22.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c19cd0a5e7f1cc0d487e06cef1861f1f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356d4bfd873e5366d834adb4ce1d29b4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f406521ea8bbfde8027075d238b5b735.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c6a0ae43ada6f7f468f581cbe2ab23.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3641874798366d7bfc921fb1a6d65156.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784ff7b03a23451f54df6f581a7042e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a305cedb58d48097e72663209f57899c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2198b21a6a09c43fd62a9b25faa34fd1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423aa8f088c363b9202d26962a195978.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9eafc43b5a268b5df79242034b2b942.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a27f656305b1e2bc889c8f1daf0175d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34cb3b7a2f47b79ca563b2bf2fdda731.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109842c2dd7ec47764cf2f37d2b6434f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e2b9881c09731997c575e6a18e4268.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15130a5bb3382ffd2d8ebbbfc5412b2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6aa8fd461987b01ebf08517d65d9910.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2b388299649ff8e4f046fe78f390ea2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4866827e35c2ea5294ce9a02a4210151.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce65d81d883e7583ccf584bbc22e0025.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85448484db32c5c150957d4a64428875.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc1268a9277e3f486f79c95a60fc02f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5d742129a7f66b9cd12d0b21f298e1d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8c56b901f9236974ef8d7939c2ef85.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87e4530687fb889d9b2921a5b729fbe1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18bd6dd79836da25a660ba388bc0441.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ba1584d66152345cf2870125e652b54.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a467965eafb0aa955a5e93f50932c04.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00c027a53e66f1bd22dc0b25b075d0f7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c1303d61b243d9708cd8a8c34a12dbb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2746d338998a4d98d79e68a3499172a2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b413781d57b682897a5c367c3d973c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>539982</v>
+        <v>541138</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>48.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>539944</v>
+        <v>541121</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>539937</v>
+        <v>541114</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>539869</v>
+        <v>541091</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>190.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>539722</v>
+        <v>541077</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>26.0</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>539715</v>
+        <v>540766</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>65.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>539708</v>
+        <v>540759</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>63.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>539685</v>
+        <v>540728</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>539678</v>
+        <v>540711</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>539661</v>
+        <v>540551</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>539654</v>
+        <v>540537</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>539647</v>
+        <v>540490</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>539609</v>
+        <v>540445</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>21.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>539593</v>
+        <v>540438</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>539548</v>
+        <v>540421</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>245.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>539494</v>
+        <v>540414</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>0.89</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>539333</v>
+        <v>540391</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>539326</v>
+        <v>540353</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>538992</v>
+        <v>540346</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>538947</v>
+        <v>540322</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>33.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>