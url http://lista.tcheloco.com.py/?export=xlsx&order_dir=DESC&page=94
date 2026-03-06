--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,209 +14,173 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 23:27</t>
-[...5 lines deleted...]
-    <t>Espremedor /  Extrator de Frutas</t>
+    <t>Lista gerada no: 06/03/2026 15:45</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA ECOPOWER AA EL-LR06 / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1965 BLUETOOTH MICROFONE AZUL-CELESTE</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN26B PISO INDUSTRIAL 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>RADIO MEGASTAR RX720BTG BATER�A USB BLUETOOTH</t>
-[...44 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>VENTILADOR MEGA STAR FAN30B PISO PAREDE  220V</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6707 300ML</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LIXADEIRA TOTAL TF1301826 220V</t>
-[...8 lines deleted...]
-    <t>GARRAFA TERMICA ECOPOWER EP-G048 1000ML</t>
+    <t>UMIDIFICADOR SATE AROMA A-H6708 200ML</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6711 100ML</t>
+  </si>
+  <si>
+    <t>CAMARA CAR (DVR) FOSTON U7 12"(3CAM)</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V006</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V010</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V009</t>
+  </si>
+  <si>
+    <t>ACESSORIO TRICICLO FOSTON KIT CHAVE</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>ACESSORIO TRICICLO FOSTON AUTO FALANTE</t>
+  </si>
+  <si>
+    <t>ACESSORIO TRICICLO FOSTON RODINHA DE PU</t>
+  </si>
+  <si>
+    <t>ACESSORIO PLACA CONTROLADORA TRICICLO FOSTON</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN-24 220V</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN-25 110V</t>
+  </si>
+  <si>
+    <t>ACESSORIO TRICICLO FOSTON BATERIA</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA COM TERMOMETRO DIGITAL 500ML WHITE</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...59 lines deleted...]
-    <t>HYE</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RELOGIO MOTOROLA WATCH MOSWZ70-PB BLACK</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee65b0a552a32822586ee445d2077f9c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7f3899671a986a03f51302210dbf42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7ea34720fbf98a87daffcd8a5d9395.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8504fc1c898b4b7587c49e7eb3cb9cac.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6477e81d8ac7538a8b5754b3c07b3fb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2105c4ef4ec839996a4335d046cbb17.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72165365fe754fc60b28cc94bd058d3d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde481e6c888aee1cc3662fce9fb53a9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae875b146db9e266f2c4b98311f7411.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f1686acc1c1925b3b1ed0abbbe0816.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2e1177f18695a178797676c9df723d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/910a7968b152842ddfdd99d9555f8ac3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85aeac09e3efbf2aea1cb270ac3cd8ea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19415fa63b2d0bca371ec4f5ea18b324.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f3e51013a4d061b978dfc34acbf0d5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbb1603b37900986b7f7dd9856e113ac.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ed9619686defbfcc34d32e8bcea1365.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84607847049bb2785a559805ce248b50.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37bf37f6f1c210e1e7bf4783e564f447.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05823eb7b410bfc35799da6b5a2ba443.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e34bb82a696cb0a7841fed687f0a48.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783dba28f8562efe6fe00337abd5abc5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa80b61e2e500467dd9ee9cd9ffa3112.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/822ecc574031391fc27e98cf07e93846.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8835957e7135cc35d3a663eebfaa48c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e63ff957a73cef079abd700ca9a18ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f85343838063cd828ff4f1de0a16400.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/237c441d41f737042516d78cf496871e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57ae1dcfcce8072aeefc15130b4d01a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f0fb3aa48a779b2d6cfb958251d35f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a4757ea66e818e121735f79215d07ff.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53edfea34b0bab4708e42a127c99a499.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d0f96732ec65855657ec0ea106d5d5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8786884e03b8c15a4a8568e290a7400.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97a12ec4b151d591e1a657edb7325b0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee6c66a42530742dece9bac90e599c4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f664b83c1240e79aa378ae7dada13f71.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ee8fbc635266cf77420747581bb63a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c0b4f05d818a4dbc0d0fa1efe57b02.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/476efb455adf51dde94054d8a0f1fd29.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1114,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>540445</v>
+        <v>541640</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>36.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>540438</v>
+        <v>541626</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>540421</v>
+        <v>541596</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>399.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>540414</v>
+        <v>541589</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>540407</v>
+        <v>541572</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>32.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>540391</v>
+        <v>541565</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>142.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>540384</v>
+        <v>541527</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>189.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>540346</v>
+        <v>541503</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>18.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>540322</v>
+        <v>541466</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>540254</v>
+        <v>541459</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>540230</v>
+        <v>541442</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>540209</v>
+        <v>541374</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>540186</v>
+        <v>541350</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>540179</v>
+        <v>541336</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>30.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>540162</v>
+        <v>541329</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>30.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>540148</v>
+        <v>541282</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>9.75</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>540131</v>
+        <v>541275</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>540087</v>
+        <v>541268</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>54.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>540070</v>
+        <v>541152</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="F20" s="3">
-        <v>103.0</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>539999</v>
+        <v>541145</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>165.0</v>
+        <v>29.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>