--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,203 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 21:43</t>
-[...2 lines deleted...]
-    <t>VENTILADOR DIGITRON F831 3 VELOCIDADES 220V REDOND</t>
+    <t>Lista gerada no: 06/03/2026 07:49</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2360 USB MICRO SD BLUETOOTH RADIO FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>VENTILADOR LUO LU-F2267 METAL 5 PAS 220V (3)</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>DIGITRON</t>
-[...2 lines deleted...]
-    <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN-24 220V</t>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PILA 23A TOSHIBA COM 5 P�S</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V102 BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MEGASTAR CAF02 DOLCE GUSTO SILVER / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>VENTILADOR COM UMIDIFICADOR MEGA STAR FAN-25 110V</t>
-[...95 lines deleted...]
-    <t>Grill</t>
+    <t>CAFETEIRA MEGASTAR CAF02 DOLCE GUSTO / 220V / PRETO</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR  CX-17 PRETO AM FM</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR MEGA STAR SG-500 1.2L 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR MEGA STAR SG-501 1.2L 110V</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9726 / 1.8L / AZUL / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9726 / 1.8L / PRETO / 220V</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9726 / 1.8L / VERMELHO / 220V</t>
+  </si>
+  <si>
+    <t>CLIMATIZADOR ELECTROBRAS EBCA-02 SEASONS 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>CLIMATIZADOR ELECTROBRAS EBCA-01 SEASONS 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA WINNINGSTAR ST-5622 BARBA DIGITAL 5V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
   </si>
   <si>
     <t>WINNINGSTAR</t>
   </si>
   <si>
-    <t>SANDUICHEIRA WINNINGSTAR ST-9368T 1400W 220V</t>
-[...11 lines deleted...]
-    <t>BEBEDOURO WINNINGSTAR ST-6506 TORRE / 220V</t>
+    <t>MAQUINA DE GELO KUMIO ICM1232 1.5L 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>KUMIO</t>
+  </si>
+  <si>
+    <t>DONUT MAKER LUMABELLA LB-58026 6 UNIDADES 220V</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>DONUT MAKER LUMABELLA LB-58038 16 UNIDADES 220V</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL WADFOW WAAM572</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>ABAJUR SUNLIGHT 13235-R DOBRAVEL 220V</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/398ffce229193ab65b0cdbffa689b706.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46d053e2d0430c19e3a137fec7831452.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730f2eaf7c530cf2a6be063a148d7c54.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c58bbf3fd8c11c378d5522e0021c6d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2a4f8e5db16de6182e674802742a75.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930f89aa0706336cdd456443745cabb5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b197059aa0bf55af5e9898042a5fc7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc982952d3ea208c22eeea2b85b2698.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afee56741f0b705c9d0e63aefa6e7a78.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c78214d3004b092a4d346622a349bed.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8804f8b3a2708a94baa0908ca40fcf3c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb8a17d21333d9a4eefe56a83ae3475.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3705eab5428b726fb6f61569b71bcd91.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8955158b266ded895e96ca9fba688680.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d5c9df3fbb97da61bb5adfd6d88b64.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b8561abc3d65755e8de147050a2b6c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ed7346bcd79031b89a994bb6442ba9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4ed20abb80eea4a4da951b6ee9b847.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9beeb43f417e566566bd01e89a5d5662.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3f413270bea7334e745b3c93f1f4bb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/041de1bb24c8fcde8965c9d5cb2e9fb1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c946e122d8c4907f85fa92cb428dbd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8417bb1bd51007411923de95cccf027d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01a100b5a24f25d56f2b173de5444cf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c477773896c579c60caaa76a879c783e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187eb4bc69deedfbce9cc35e9ccc0967.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d30a2079969bb8fd7a7fae75800f62a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea8b587885e2ea3c2b06a41b49df7d71.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76a11d2b78ff2f3cb05d36e1a28bd215.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16621bf1814a6a9c3517d47086ea8da2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6bee119ba8e625f098373ab0fd3ede7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16432c82eea53073af42dcaf66c542f5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656aacd63930a887fbe429feed83b16a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118cc98ae11364e20b4ecb73aa9e67d2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd107f90c67f1e18ecb7dd3cdd9fd17.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12fd27e51d0d4e4bfba8d53f54688e6a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2167753ff2aef96f21fb2f39ac4b6e6a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db050a4a90d6a7cf6943894c61dd374.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769f26d31611e97768c634d8c1c15691.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9ef028f35e178948f5eb26b3aa36c61.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>541305</v>
+        <v>542944</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>541282</v>
+        <v>542838</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>72.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>541275</v>
+        <v>542807</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>72.5</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>541268</v>
+        <v>542432</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>541152</v>
+        <v>542388</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>3.7</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>541091</v>
+        <v>542371</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>63.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>541084</v>
+        <v>542364</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>63.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>541077</v>
+        <v>542357</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>32.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>540940</v>
+        <v>542340</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>59.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>540865</v>
+        <v>542333</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>540766</v>
+        <v>542326</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>540759</v>
+        <v>542319</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>540728</v>
+        <v>542203</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>34.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>540704</v>
+        <v>542197</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>255.0</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>540643</v>
+        <v>542166</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>2.98</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>540636</v>
+        <v>542135</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>2.88</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>540551</v>
+        <v>542111</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>540537</v>
+        <v>542104</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>540490</v>
+        <v>542067</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>87.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>540483</v>
+        <v>542043</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>108.0</v>
+        <v>4.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>