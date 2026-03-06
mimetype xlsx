--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,164 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 21:29</t>
-[...26 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 06/03/2026 07:46</t>
+  </si>
+  <si>
+    <t>GRILL SANDWICHEIRA ELECTROBRAS EBGS-04 / 110V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA STETSOM SX1</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>STETSOM</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH500 USB TYPE C USB-C BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>VENTILADOR MEGA STAR FAN30B PISO PAREDE  220V</t>
-[...5 lines deleted...]
-    <t>Umidificadores</t>
+    <t>CARREGADOR MEGASTAR CH650 USB 65W 2 USB C BIVOLT</t>
+  </si>
+  <si>
+    <t>CRONOMETRO EWTTO ET-K9325</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE JH-8025 ELETRICO TEMPORIZADOR GRANDE</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH400 USB 2.1A TIPO C BIVOLT</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA ONIDA ON-486 SEM FIO</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ONIDA ON-7047 BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ONIDA ON-058 BIVOLT</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE S9 PARALAMA DIANTEIRO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>PC FONE COM MICROFONE SATE GH-358 GAMER 7.1 RGB</t>
+  </si>
+  <si>
+    <t>Headphone</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>UMIDIFICADOR SATE AROMA A-H6708 200ML</t>
-[...47 lines deleted...]
-    <t>ACESSORIO ACELERADOR DISPLAY PARA TRICICLO FOSTON</t>
+    <t>ESTABILIZADOR SATE ARM87 3 EIXOS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 1301 RADIO FM MICROFONE USB MICRO SD BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>SPEAKER RS-2036 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER K66 BLUETOOTH MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 1302 FM MICROFONE USB MICRO SD BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SPEAKER K99 BLUETOOTH USB RADIO FM AUXILIAR</t>
+  </si>
+  <si>
+    <t>SPEAKER K101-K102 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV ATV PRIME 4K ULTRA</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>ATV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -194,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40e364557e672cf58fc53362cc106824.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb86b145df1d619fad3680bfb74836e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459662e680383f73f29c4f45dcf7419e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a270ef6ea3f38798e4fdb2770c590c3a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4563fc1b32c12d0c9104d3057a90ce7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e650d61f494a86c4296047abf8250eb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3980cb114af055f043f24cabe848bc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65a6675dc139c649668e801ae26ec61.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca399e67cfac8ceb3613340145659d41.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7d912d4b0486cc6b2e3c1533a29967.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26cca022b6538f847b51216dee4831f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b6076d7936357bb4fac0c917b57fa13.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dd8c6cd0d0315c2990151c3395c6052.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6587fe7effe9492bdffd8872f9fe9376.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0406817f1b281087790b6f7b46f559f9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764e123053c24c8461d9fc2f84ac5c1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be12907b7d8c02c960211c07bad7953.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5be7ace00400260c7e8722158af965b8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef877f23415171f816d145055586fe84.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e485bc8531ec34599458b9040fa022e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd3c8ba9c65df01279a1444ac412dbf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308d1ff4cec94070998d402708bb7bf5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba330afc1fa9dcfcf4627ebac22c0ff0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d897ed842f06965ff15b7248a0d0b13.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47ed0e214dd5a78eb02db962b1194d1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0edeb19d0a5b557324ec43ff88501f01.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa82f7c3857478752362c674db4f736.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e8e5e5eb0b520c5d638620a31f3db2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61ec4273586e051c5f2a91e2b7e4aba4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a0697dde7810a78868cd379eda30f50.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927907e256cd3fde4a1e41ff3ef32e19.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef8ad8d374eab4349128a4b60390446.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b67b34fddff068dabc396d294f7269.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf36994d20089a10cb1a9eca797aab7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f273f70dd87352b7740e61a137029dfd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3d41c01f54571165d5d4328b00ae11.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feda51707ab38798c6356e028b7775bb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9dbebd5e2814b55016db2b871328dec.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b36ba355b0dcf83afb8376f37db7d05.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159f4482018ca19027e522cd5f577111.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1105,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>541640</v>
+        <v>543422</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>541633</v>
+        <v>543392</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>297.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>541626</v>
+        <v>543361</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>45.0</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>541596</v>
+        <v>543354</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>62.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>541589</v>
+        <v>543330</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>72.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>541572</v>
+        <v>543316</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>541565</v>
+        <v>543293</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>541527</v>
+        <v>543279</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>541503</v>
+        <v>543262</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>79.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>541466</v>
+        <v>543255</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>26</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>541459</v>
+        <v>543187</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>541442</v>
+        <v>543163</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>541381</v>
+        <v>543156</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>541374</v>
+        <v>543101</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>541367</v>
+        <v>543088</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>541350</v>
+        <v>543071</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>541343</v>
+        <v>543064</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>541336</v>
+        <v>543057</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>541329</v>
+        <v>543040</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>33.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>541312</v>
+        <v>542951</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>59.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>