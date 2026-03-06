--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,206 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 19:46</t>
-[...95 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 06/03/2026 04:45</t>
+  </si>
+  <si>
+    <t>TELEVISOR SMART LED 58" MTEK MKQ58FSGU QLED 4K GOOGLE-TV</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>TV 50 MTEK MKQ50FSGU QLED 4K GOOGLE-TV</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO GREE 12000 BTU 220V 50HZ INVERTER WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>GREE</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE PAREDE MONDIAL NVP-PRO-50 / 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SOFA INFLAVEL XO SF01 VERDE MILITAR</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SOFA INFLAVEL XO SF01 ARCOIRIS</t>
+  </si>
+  <si>
+    <t>COLCHONETE INFLAVEL CASAL 191X137X22CM</t>
+  </si>
+  <si>
+    <t>AVENLI</t>
+  </si>
+  <si>
+    <t>COLCHONETE INFLAVEL SOLTEIRO 191X73X22CM</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NCA110</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NC6L</t>
+  </si>
+  <si>
+    <t>PAINEL LED "ABIERTO-CERRADO" 480*250MM</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>KIT DE COZINHA UTENSILIOS DE SILICONE 19 PE�AS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-M307</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BEBEDOURO BRITANIA BBE12P / 2V / PRETO</t>
-[...2 lines deleted...]
-    <t>Bebedouros</t>
+    <t>RAQUETE ELETRICO ECOPOWER MATA MOSCA EP-8504</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-M305</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-M306</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MARYLAN MR-100 WHITE 2L 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR BRITANIA BUD05B 2.4L BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>JARRA ELETRICA BRITANIA BCH02PI / INOX / 220V</t>
-[...23 lines deleted...]
-    <t>CLIMATIZADOR ELECTROBRAS FRESH AIR  220V</t>
+    <t>CAMERA CORPORAL DE BOLSO ECOPOWER EP-C200 / WIFI / 5K</t>
+  </si>
+  <si>
+    <t>Cameras Esportivas</t>
+  </si>
+  <si>
+    <t>VENTILADOR STANLUX USSF-724 3 VELOCIDADES 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48018987223d6629b631a81ef61e6e12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9b6efcd56bd63ceffd32586d4288e2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfbfdc2612b317930e7ad83c5d8c933a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d8ccf6636b6289e3ccc14a9e9dfca4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4258b056a06f850b75e34b78482a306.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dae2823c6295750dec47b4c9571a936.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca309472c621f5947956be106f908020.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7748c1096164eb9f2c796613266f8e07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add52df6e4831a0dcefb95e7cbd86fcb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64474e2d57f65f3db9dda423fbb90fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87794e9a7137af5de9137590af512d78.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05b46ede5f32c0c0cbbb83d86bd41e08.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da180332ae710eecdfdf83605542076b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc40037bb77c52c8ce96424275d81962.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3deb7fc4af18b1128262974b67bbd4ac.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd6b1e490e914a7070351d646b6926b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e1025949109854da385f5d3b784d2a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd06e7fbc456ff1e162b10fd8119b936.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f740aba7ba5fab81f593960f0314e45.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18370484e9ff577f667d4aff0c5d7595.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec200046389f666410df12eda9870d0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15f2cde79e5fec3cab5c2e96d150ddf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc12b1ab9ba51e97ff4f52bdd538543.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570a69e16483aa6c643e6c6ccf7b1441.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f280590addaeb3c6c7c19b7abaea276c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d62511ccff6bf97601af20ff2e64a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa81033cfea72e43c294e61e75306c0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9844a1cf7ddb3ca4332caa9d878ae4a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70046f766609f181b6b8142ff743c2c5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f75a43bbcdab4e80521ac6f0e89d8b3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73be66b8b4c6ecf0f0e8a1e4027c296c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a1dc6c854223b3672a124658ec5fa9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dc5d3be7a95e0d58c331b395a83545.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42a2009ee72afd75f1ef88fe156906e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bcb39ca3688e462ed83e4d85e62fe46.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97102df81a179b2f387010716874972.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6244b069fd6c73f33f5a92f1fdc1d17f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd6ad1a0a133afdc942d2ef9bee1d8cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600b22e94c3f1272667b605f556c0052.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eee97d19e336d33d119dd1facc7585a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>542272</v>
+        <v>544474</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>542203</v>
+        <v>544467</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>99.5</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>542197</v>
+        <v>544436</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>99.5</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>542166</v>
+        <v>544429</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>542159</v>
+        <v>544412</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>6.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>542135</v>
+        <v>544405</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>542067</v>
+        <v>544368</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>541992</v>
+        <v>544351</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>541930</v>
+        <v>544306</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>28.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>541893</v>
+        <v>544290</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>129.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>541886</v>
+        <v>544153</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>58.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>541855</v>
+        <v>544146</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>541848</v>
+        <v>544009</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>541824</v>
+        <v>543996</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>541749</v>
+        <v>543989</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>55.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>541732</v>
+        <v>543972</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>541725</v>
+        <v>543941</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>541701</v>
+        <v>543897</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>23.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>541688</v>
+        <v>543842</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>26.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>541657</v>
+        <v>543835</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F21" s="3">
-        <v>54.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>