--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -1,117 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 06/03/2026 04:50</t>
-[...8 lines deleted...]
-    <t>ELECTROBRAS</t>
+    <t>Lista gerada no: 06/03/2026 06:33</t>
   </si>
   <si>
     <t>VELA LED SATE A-C92 (RED) 3X LR44 BATERIA</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>LANTERNA ECOPOWER RECARREGAVEL EP-8146 2V</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>LANTERNA ECOPOWER RECARREGAVEL EP-8150 2V</t>
   </si>
   <si>
     <t>LANTERNAR ECOPOWER RECARREGAVEL EP-8149 2V</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 SPIDER VERM</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
   <si>
     <t>RELOGIO DE PAREDE  SATE AC-T6843 BLUE ELETRICA</t>
   </si>
   <si>
     <t>Relogio de parede e mesa</t>
   </si>
   <si>
     <t>RELOGIO DE PAREDE SATE AC-T6811 RED ELETRICO</t>
   </si>
   <si>
     <t>RELOGIO DE MESA SATE AC-T6831 BLACK ELETRICO</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>RELOGIO DE MESA SATE AC-T6801 RED ELETRICO</t>
   </si>
   <si>
     <t>RELOGIO DE PAREDE SATE AC-T6900 VERDE ELETRICO</t>
   </si>
   <si>
     <t>PROJETOR LASER ROBO PROSPER P-3112 BLUETOOTH</t>
   </si>
@@ -221,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d881f30d6ffd37e9cfb41fffe0c9221c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ede722a2984192ec8d43e2c39c9e39b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c9cf3e81a93fdb8a0b55a833df6a022.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764957e226118d9edb182d75374e0ea4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55d16612469c14262f7f44877c95876.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4061bd1111dace66ef3d568c20967d75.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056e9d5092716556c55bb7b903a16a22.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1331e1be00e177c1b3c67b9d960dc789.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17f6d5bbb8c9dd0c0f78ec181bc7b4bb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b4f6440994037a199a052e77cb122b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750ac69c738d4acac88adc6a63feb52d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ddaed1d955fff266e76b935711ce8e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfae4d246d3c6025364ad6d304cf9d1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f118c0f2a815ba2d97454e89e9ea0af.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6d3b2604815336cd2d6fdb79882a89.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fa771555a59392d18f37a1e64c61e54.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9026b81d386da229a9b1b79c3098afe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf7fca14d473187ccb364a4c3f19ff8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68fc0e2bed86bd2807a50a231c99f6eb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b763cfe2ff438db4f618e5b01ba4121b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9528c2d4087e5c3caa8544b995335ac.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38d8a21c14ec479e6130bad0fd5e9d3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3abccc699fcef43a2761aca73f5a34b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e747fc4ab5695451aaa2ce4ec43409.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aeeefd2ffd079e4880273bb3b0f19be.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0465d9e54338955cdfe79839ec5ee505.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ab85dda699f001fcfa56a97f2dc1a3b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82daa87a8dd8074407bdbca7134869c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412fc131dda5354e84c1a8b4d93926e2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cad44643e552c572f5995d9729fdcd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637ba355d32e403c2c526b6a4a7aac34.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b8ffefb8f5419d0d3f8a50eff10e20.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53dd4f2aab613729093be2297d5b2037.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a65ad377edbda1190f85cf51190675.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afaa61681b313873e8cecea152a27e58.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49787bd97823ab361e3d39e03d08d047.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b63ff31c120d667cf2553e18ce6e4947.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61dcc6bb37e9a96167176d1bfb5d6f0d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd63e39cea5a7ff253fc7e9a58ac9eb8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83b24373139cdbf782f190fef961f95e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,380 +1132,380 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>545150</v>
+        <v>545075</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>49.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>545075</v>
+        <v>545037</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>545037</v>
+        <v>545020</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>545020</v>
+        <v>545013</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>545013</v>
+        <v>544979</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>544863</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
         <v>544832</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
         <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>544825</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>544771</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>544764</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
         <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>544719</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>544672</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3">
         <v>82.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>544665</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
         <v>2.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
         <v>544641</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
         <v>1.7</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>544597</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>544580</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
         <v>58.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>544573</v>
       </c>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18" t="s">
         <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
         <v>47.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
         <v>544566</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
         <v>69.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
         <v>544504</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>43</v>
       </c>
       <c r="F20" s="3">
         <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
         <v>544498</v>