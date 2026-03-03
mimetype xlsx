--- v0 (2026-03-03)
+++ v1 (2026-03-03)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 03/03/2026 03:35</t>
+    <t>Lista gerada no: 03/03/2026 04:58</t>
   </si>
   <si>
     <t>FRITADEIRA ELECTROBRAS EBFR-35 - 3.5L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
     <t>BALAN�A DE PISO BIGSTAR BS-01704 - 300KG - BIVOLT</t>
   </si>
   <si>
     <t>Balan�as de Mercado</t>
   </si>
   <si>
     <t>BIGSTAR</t>
   </si>
   <si>
     <t>MOCHILA SMART LED SATE A-KP6071</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
@@ -206,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78256867bf1e0fa0f6f06f9d409138ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444404d29ed145954bff7e74febd2d0d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6ee1860b6aae46ce55fa4df6d64a54e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e929fce29d30dcffc03ed952247de4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12189ac49cba1b14228a6110396d8c4c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48acd478b27f04e018bec563c2b8980a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1185c4089b72c6e9ac11a8d96dd033e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2ff5d467add84e176b5551e9c902e9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d82576fa2de7b17e361bffe50f9083.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bdb642c6610850b91e31e095baf399.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb7225c5ddcd2bc846e919e46e040cf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b0f52fdc5a3b4f14f1bb1c49cbacf3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bd2f385692944484243864e5cea7059.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55630d6c11b41cecf8a915e360ab89d1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9890727429e544521501d8edf4d445.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57c43087c26acfeccf130d65742e67f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2974757e7016ee7bf0fde0e8a7b0688c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f6d77b133da8f8ae02e58dbd86c575c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/119c2a43c1894ae750c1b23fa7e1010a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f8a303ede442a129b62b66c0545228b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1cd98aff158fa2ab2cfc175b35dbfa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64c3afb9f6d804b579c5ea22cafafd12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f9977012f1694610093fe652a3882eb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90626fbcab0f14d8152b1b481bd9efc5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e525cb08c596f7f30de8804a4474b8b9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7327521837ad5f90aa6d26a1228fb913.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d3e3e78fe6dad094922a42dfa8ee346.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b346bd2cd0567f592989915650250f2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db879b7e080c48345008e28d61b45339.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd551f7a8e40736af95256250397f8e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9f77646b26c5de68dbf4b718e0c46a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168f0c58152a0ae137ca926a476bc6fb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371b74ee56f95c305d6b203a13a7e1be.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12138f42e3c8dfc56f5b2c7f8abc8909.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e4a1c3bce0dbe77b2e5517e2095e67.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f20f4e7a0c58dc6fbab8bcbeb49ba8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f361a439957cbae0691880d3e194ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90db0c268fa2472b5e88b745ce4d71b2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64e97242e914e7d9a6c85c70fb1a58ab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bf5467a832cb5252b3cef0c7421771.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>