--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,212 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 17:59</t>
-[...20 lines deleted...]
-    <t>VENT  MIDIPRO 10" MDP-10 110V (6)</t>
+    <t>Lista gerada no: 06/03/2026 02:51</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P6900 ION 110V AZUL</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3210 1.75L 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ECOPOWER EP-6102 6X9" (2 VIAS)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-640 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6844 WHITE ELETRICA</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6841 ORANGE ELETRICA</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6842 VERDE ELETRICA</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6901 AZUL ELETRICO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR TUCANO TC-233 BARBA/RECARREGAVEL / GOLD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CORNETA PRETA MINI "CURTA"</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V101 BATERIA RECARREGAVEL PORTATIL 2V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>MIDI PRO</t>
-[...44 lines deleted...]
-    <t>Relogio de parede e mesa</t>
+    <t>VENTILADOR ECOPOWER EP-V100 BATERIA RECARREGAVEL PORTATIL 2V</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR SATE MF01 IOS WHITE</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR SATE MF01 IOS BLACK</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE JH-2860 ELETRICO TEMPORIZADOR GRANDE</t>
   </si>
   <si>
     <t>KENKO</t>
   </si>
   <si>
-    <t>RELOGIO DE PAREDE JH-3616 ELETRICO TEMPORIZADOR GRANDE</t>
-[...62 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>RELOGIO DE PAREDE JH-2560 ELETRICO TEMPORIZADOR GRANDE</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-632 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>TV 65" SMART LED MTEK QLED MKQ65FSGU 4K GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO ECOPOWER EP-3103 MESA 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>BEBEDOURO ECOPOWER EP-3102 TORRE 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce536d1589968712c6cc8c409f4ca7fc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763969d461b3b6f8dd4a6e05938181ac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4421ef9eb7ff665ed77181f12a823a35.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71647fbb90d276ffa063194065c8bd9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb7bc07ba95ce60a97ed9587c513121.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e4ae332d60ca73553a3dafb0e115b53.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a387716ff4879dc37d69b81bf78b1f9b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ecf215276287d1abc08a8c765ca97a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1077611025d3f7d042cb6b931f6f1d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04da67387c371c231ace4ea3e3003204.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31427d8707b793607166d73a63d6f866.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183f0089c5813848702ccd0002b4d693.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838ef85e0bd094271a08aa0c15baa384.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab457d041b81c13c387418cc6935190.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c94e96011e8c551c177f8d6d573776.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992a072a043f6aa201f75afe345b154c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cff5ca3631b1a25784a06658e1d5bd6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a017d2204aa1f833d7a1a2c1faccd8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b90ce961f49f92728ab7c41a178551.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4596f19e32c928d655a8153be202044c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5e58af602e173fb130ba66acbb15bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60dd323b06d117d45bccc94156f13017.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06e9606af8048f3c7014c7890fbd34fb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03f96ba43a14fe535ec559555029831a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be85a6e71d0e5c9e536d1ec03493d72c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12423ed356657e207268f809bb9520b0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b54201c0c7a4f9d37041e4d444286b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5313f18635d0888a1a6c95d332123b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e2586527c2a361a2d934a97cfd38aa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fde4613e75dccae8abe72ce787c7974.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23c3f97c10b51a64ecdea1cf19683dd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8675319de97b8b84e67b5974db6237eb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04164d14170fd6d8228e69ff0719a703.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8262b1c1d4986d0b890a78894f56351e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4128a860335fd8d4992b65d4970920db.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a76868b34c919fc2c08bd5b73e0b165.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/519af30c097907dab20c82b84e124cf6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ea414a2179dc9608eb36bc46fa86f0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2427563db33d30091cbd9dd9e094f76d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5544623cfa237303c1a3d37961ef790.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>543484</v>
+        <v>546096</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>543477</v>
+        <v>546003</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>543446</v>
+        <v>545983</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>543422</v>
+        <v>545976</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>543392</v>
+        <v>545914</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>543361</v>
+        <v>545907</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>3.9</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>543354</v>
+        <v>545891</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>9.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>543330</v>
+        <v>545884</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>543316</v>
+        <v>545877</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>543309</v>
+        <v>545488</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>543293</v>
+        <v>545396</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>1.95</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>543279</v>
+        <v>545389</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>543262</v>
+        <v>545372</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>21.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>543255</v>
+        <v>545365</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>15.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>543217</v>
+        <v>545358</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>52.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>543200</v>
+        <v>545341</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>36.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>543187</v>
+        <v>545303</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>543163</v>
+        <v>545297</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>543101</v>
+        <v>545204</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>543088</v>
+        <v>545198</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>100.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>