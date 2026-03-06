--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 17:27</t>
-[...14 lines deleted...]
-    <t>Controles P/TV</t>
+    <t>Lista gerada no: 06/03/2026 02:45</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-47 VIAGEM GOLDEN BIVOLT</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI MINI PHT-051 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTA BARBA/CABELO MEGASTAR GWE022 / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTA BARBA/CABELO MEGASTAR GWE024 / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE 9000 60HZ COM KIT QUENTE FRIO</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE 24000 60HZ COM KIT QUENTE FRIO</t>
+  </si>
+  <si>
+    <t>COPO TERMICO VIDRO DUPLO 85ML 02 UNIDADES</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>VARENNA</t>
+  </si>
+  <si>
+    <t>GRILL CHURRASQUERIA ECOPOWER EP3621 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>COLCHONETE INFLAVEL CASAL 191X137X22CM</t>
-[...41 lines deleted...]
-    <t>Infantil</t>
+    <t>GRILL PIZZERA ECOPOWER EP-3618 220V</t>
+  </si>
+  <si>
+    <t>GRILL PANELA ECOPOWER EP-3622 220V</t>
+  </si>
+  <si>
+    <t>COPO TERMICO ECOPOWER EP-2126 SPEAKER BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S108 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S110 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 2720 FLIP 4G 2 CHIP GREY</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E97 WIFI 2 ANTENA TF</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>RAQUETE ELETRICO ECOPOWER MATA MOSCA EP-8504</t>
-[...71 lines deleted...]
-    <t>CAMERA INFANTIL LUO LU-X211 COM DISPLAY / PINK</t>
+    <t>LEITOR DE CODIGO DE BARRAS SATE A-SCAN02 SEM FIO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LEITOR DE CODIGO DE BARRAS SATE A-SCAN01 CABO</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL VTX-40 40CM - 8 PAS - PARED - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18360 CABEZA LOCA 110V</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P6900 ION 220V AZUL</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85b719db90e28c882b766c643ac7e110.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6cf1b1fcd2c70fbf06f722b5c3b8649.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045968f873af75dee4f340183fb9162f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d54b5f7b19a81e2bd369e79165ef360.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2887e490bbfcd76b0cf40cad1df05cb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ee3fbb3fe39a9c58250cf836b6c441.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4839104728e936b83909b8bd369d3108.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ded5f8f181400154a8d4ec6579a152a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb54aca8f2b08157a615c45d717a4718.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6357fbaa252a80acee9cbe32466d2efd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfcbb3fe2f329a4ed6cb1109fe4a925.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb89a3915e8896d78c7bbfd9eb0befd0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba2204d639a9977a96e73c25e40e9d5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1a945fec028364b476c3e186d750116.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00eb3fe5f8042717a5279bb6b7368e27.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19c282f30fb85afd9ea23d5449eb6a3e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44bee423f5a353ccace56907d3153b0d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e76db4a197042c161cae3a20ed916ed.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b60a449b682c0ba122096ab11009e54.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bdb4347d2e56b579dc84444e9134204.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd2e8d60fb4ff0904eef89514a8dd14c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf29254eec5fe4725886cbcdbe23aa1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193d5260e9d1635a808ccb4d93000d90.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884290a9fc2c5e50a410fa93ba4ef562.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a13f5f63f38cb16db19a7efb9fd4c71.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/400ef0ac3a94d73fde7985b420e413ff.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3929628f954ebac80f2189af66675e6c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49ec425be2cbb8f93ca79990d644b814.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb5e644cd1697b8af0a019de881b9cd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9e65d440f7210e455de7407b2b894f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008b72f20e1d8f7e0fc322d5cc4e1789.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9878dca20f41e2d055c4af70cdd155.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90532132f2b0a34dd28ea2bcd2fad247.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba48c184468b06dd570cae33c88c30d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f19b3e802e3aab90ae7bd476a153be8b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bbe880a1bf843ee416e18a458485ddd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbe018783ceecf2898f91b9a29dc69b0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5983cc2fa18507841001f8c7a396e16.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20626970249e8cac8b58dddbb14a2e9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dbd8c2609e7ba6ceeb2950aa28528a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>544405</v>
+        <v>546768</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>544375</v>
+        <v>546744</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.95</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>544368</v>
+        <v>546706</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>544351</v>
+        <v>546690</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>544344</v>
+        <v>546638</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>67.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>544290</v>
+        <v>546621</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>544153</v>
+        <v>546584</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>544146</v>
+        <v>546522</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>544030</v>
+        <v>546515</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>543996</v>
+        <v>546508</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>543989</v>
+        <v>546478</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>543958</v>
+        <v>546461</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>543941</v>
+        <v>546454</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>543897</v>
+        <v>546416</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>543866</v>
+        <v>546218</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>9.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>543842</v>
+        <v>546201</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>45.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>543828</v>
+        <v>546195</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>543699</v>
+        <v>546140</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>543682</v>
+        <v>546133</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>9.85</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>543507</v>
+        <v>546102</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>9.5</v>
+        <v>26.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>