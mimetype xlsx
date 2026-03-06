--- v1 (2026-03-06)
+++ v2 (2026-03-06)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 06/03/2026 02:45</t>
+    <t>Lista gerada no: 06/03/2026 04:11</t>
   </si>
   <si>
     <t>SECADOR MONDIAL SC-47 VIAGEM GOLDEN BIVOLT</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>BARBEADOR HYUNDAI MINI PHT-051 RECARREGAVEL</t>
   </si>
   <si>
     <t>Barbeadores</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
     <t>MAQUINA CORTA BARBA/CABELO MEGASTAR GWE022 / RECARREGAVEL</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd2e8d60fb4ff0904eef89514a8dd14c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf29254eec5fe4725886cbcdbe23aa1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193d5260e9d1635a808ccb4d93000d90.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884290a9fc2c5e50a410fa93ba4ef562.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a13f5f63f38cb16db19a7efb9fd4c71.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/400ef0ac3a94d73fde7985b420e413ff.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3929628f954ebac80f2189af66675e6c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49ec425be2cbb8f93ca79990d644b814.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb5e644cd1697b8af0a019de881b9cd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9e65d440f7210e455de7407b2b894f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008b72f20e1d8f7e0fc322d5cc4e1789.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9878dca20f41e2d055c4af70cdd155.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90532132f2b0a34dd28ea2bcd2fad247.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba48c184468b06dd570cae33c88c30d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f19b3e802e3aab90ae7bd476a153be8b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bbe880a1bf843ee416e18a458485ddd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbe018783ceecf2898f91b9a29dc69b0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5983cc2fa18507841001f8c7a396e16.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20626970249e8cac8b58dddbb14a2e9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dbd8c2609e7ba6ceeb2950aa28528a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79cfcc43ba23106cadc5c8256b96249d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7de604632c29ecdccc049d32df2f804.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be6fd203484efeb6ecc98a72326676ce.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c570a18c189298c8b542d17edea92ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41bafa341f070633a58b52af672377d8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60e5a8d566fd48ca5d6971f52b7196f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663f9bed79077b08ac25b96a06894fe9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a294b28e90d70b905e8503b4e6f47a9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6046e6d54129fcaa2ad2ca9f80b7b2b3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f197d34fd7f34b931683d957622473.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b7e47a2d5766f113fe2b819e96d4651.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b5e4b53707ac7877eb9de313a00b87e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab21720df9fa55c639305076fe543d2f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9204507dafd57c54cc066b1884a5c970.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af34845174e63b4d809763febf0bd210.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8ddbe562e2c228c546943220b9954cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a85416505202ef73e75737547e0eab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29044b8f958e1fcf666319eab2ae3f3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6620e16b64dbc74f3e9e03f13c22083.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f70d99cc43859d1e39761d29baca135.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>