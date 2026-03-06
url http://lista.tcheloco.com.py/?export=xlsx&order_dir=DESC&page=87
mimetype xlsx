--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,209 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 16:09</t>
-[...5 lines deleted...]
-    <t>Diversos</t>
+    <t>Lista gerada no: 06/03/2026 00:47</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BOXE MUSICA LUVAS A-MLB88</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>RELOGIO DE MESA SATE AC-T6883 BLACK ELETRICO</t>
-[...56 lines deleted...]
-    <t>AR CONDICIONADOS</t>
+    <t>SPEAKER ECOPOWER EP-2379 USB RADIO FM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>AR CONDICIONADO ECOPOWER 12000BTU 50HZ EP-A012PY Q/F</t>
-[...2 lines deleted...]
-    <t>VENTILADOR HYE (3X1) HY-FSR45ABW-T 110V</t>
+    <t>SPEAKER ECOPOWER EP-2338 USB MICRO SD RADIO FM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO MEGA STAR HT1P MANUAL PINK</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S109 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>VENTILADOR MIDIPRO 2X1 26" MDP-26 110V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>HYUNDAI</t>
-[...29 lines deleted...]
-    <t>CAPACITOR EXPLOSOUND 3.50F SEM KIT</t>
+    <t>MIDI PRO</t>
+  </si>
+  <si>
+    <t>BALAN�A BANHO SATE A-WS8832 WHITE 180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>BALAN�A BANHO SATE A-WS8831 BLACK 180KG</t>
+  </si>
+  <si>
+    <t>SPEAKER MINI MUSIC MAGIC LAMPARA BLUETOOTH</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX LUO LU-V81 4K 512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PATINETE FOSTON Z3 RED 17.000 MAH S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CX JBL JBL BASSPRO SUB 8" BOX  AMPLIFICADOR 100W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>EXPLOSOUND</t>
-[...17 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA FERRAMENTA WADFOW WTG4100</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>SOM LG CK-43N BLUETOOT 2USB BLUETOOTH 300W</t>
+  </si>
+  <si>
+    <t>Som p/ casa</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>FONE MAXELL INBAX USB-C COM MICROFONE WHITE</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI REDMI WATCH 5 ACTIVE M2351 SILVER</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR LG T585 3.2" 4 BANDAS 2CHIP BR GREY</t>
+  </si>
+  <si>
+    <t>Celulares LG</t>
+  </si>
+  <si>
+    <t>COLETE PORTA FERRAMENTA TOTAL TTVT16025</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO PHILCO PAR1018BT-GR RADIO FM USB BLUETOOTH 2V  50-60HZ</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ELECTROBRAS MULTICAPSULA EBCM-20 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f82d204513ff260ec286db708abfd1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d3782e5a204ba1a219669662ae8a3c7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17eadffc3b4cdebff33e441735544e4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ba3b297dc5310a1a2cf9ee2f09b4bf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275f6ee61c321947bc9fb6b8341739a8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a4d90d3e70af3bec11ee877115507a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0656fa6b92b519379a603affeaba8b9a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d81d1d5f6eb43ce489ad388ec30cf4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03fbabf5e038da3e56f84c07add47912.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3a8f6b0dfce5d5c648589b13112934f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405adada4dc9187535a1eca6d2992151.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a54e37d2862ea52710136d58173fb57.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e54ab9e25922617bd6a90b7b0df4ee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d1584b7991473b92746fa08a177adb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2bfe58b0403fad8e343549db3659fc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a1bf52d327a0864e0f8bee85c2074a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b606dd653da69a5468a81daf062a2f3a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5b7d430d635c7618dfb0f218c5e024.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a30c3fcc187200dd9431bcb4691ac6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95647d0fc550e759410ce42646bd2f3b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d5b5f60c7290fa44f762f2d05febcb1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190963792f6b3e7fea56583e0b4c57af.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63f811a30e878216a1029c8ff9495ff6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc67664cd719e52fa38bde2a963df64.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf314ce2f453773aba86d859fe5a4d2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e167aaa8d81caae1a990904179d11af6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69479c10f94508609ca3159368d61923.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d926765fd78205247aaf1e3425832b7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/862880d074b29af7424e8319c918c0c3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acc8c029db020f20a6499597a638049.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5bcb91dbe5f3e2cc22f665cd81738f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b73d3e290c65e94e4f9a14b6082372db.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/006f8f5b8c478cc2c0f91b043196624b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edfa10d6c7e9f6a38da203404b782fec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4202e70daf08a7aabb38242b9e19702d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed110f2cd6553277df085084b99c6228.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea0d839b73f67cad52a080cff89af722.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d34c54f0b250af53558bfd620e67a5d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3686f8ee2bcb50f156f3bc952c7faac1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13f6f100be0df70752cbf33e1fab4b9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>544801</v>
+        <v>548076</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>544795</v>
+        <v>547963</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>544771</v>
+        <v>547925</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>544719</v>
+        <v>547888</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>544672</v>
+        <v>547635</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>81.0</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>544665</v>
+        <v>547604</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>544658</v>
+        <v>547581</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>544641</v>
+        <v>547574</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>1.7</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>544597</v>
+        <v>547536</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>544566</v>
+        <v>547475</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>69.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>544528</v>
+        <v>547468</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>380.0</v>
+        <v>675.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>544511</v>
+        <v>547444</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>249.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>544504</v>
+        <v>547390</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>544498</v>
+        <v>547307</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>544481</v>
+        <v>547024</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>544467</v>
+        <v>546881</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>288.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>544443</v>
+        <v>546874</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>544436</v>
+        <v>546867</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>370.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>544429</v>
+        <v>546843</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>59.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>544412</v>
+        <v>546805</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>70.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>