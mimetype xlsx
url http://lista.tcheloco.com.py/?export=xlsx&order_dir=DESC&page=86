--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -1,192 +1,216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 15:31</t>
-[...5 lines deleted...]
-    <t>Automotivo</t>
+    <t>Lista gerada no: 06/03/2026 00:49</t>
+  </si>
+  <si>
+    <t>GRILL ELECTROBRAS EBGS-04 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>APARELHO AUDITIVO PROSPER P-6004 RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R10</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOVING QUICKSAND ART DECORATION 18406</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO ECOPOWER EP-2732 BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI REDMI WATCH 5 LITE M2352 BLACK</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL LUO LU-X208 COM DISPLAY BLUE</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>FONE XIAOMI COM FIO TIPO-C M2413E1 ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR ECOPOWER EP-T007 UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR ECOPOWER EP-T006 UNIVERSAL</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR ECOPOWER EP-T005 UNIVERSAL</t>
+  </si>
+  <si>
+    <t>CABO USB CELULAR ECOPOWER  EP-6052 TIPO-A PARA TIPO-C E LIGHTNING</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CABO USB CELULAR ECOPOWER EP-6053 TIPO A PARA TIPO-C 3A 1M</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1907 12" - BLT - FM - 2 MIC</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>KIT DE TALHERES DAILY HOME 11327 COLHER 06 UNIDADES</t>
+  </si>
+  <si>
+    <t>Talheres</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>VENTILADOR ECOPOWER EP-V101 BATERIA RECARREGAVEL PORTATIL 2V</t>
-[...95 lines deleted...]
-    <t>Diversos</t>
+    <t>KIT DE TALHERES DAILY HOME 11326 FACA 06 UNIDADES</t>
+  </si>
+  <si>
+    <t>KIT TALHERES DAILY HOME 11325 GARFO 06 UNIDADES</t>
+  </si>
+  <si>
+    <t>MICROONDAS BRITANIA PMO42 42L 220V 50HZ</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BATEDEIRA BRITANIA PEROLA 550 BLACK 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BRITANIA BCH06P BLACK 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -209,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2855e5993eb05588d7da57549adc1d8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481dea2d4ea0050cc98c06de6a155cd2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45838faf28da725b6fa0b21599312f47.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2056aad1cb324fb51fc6a840af4948.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3293153d08996b3fb74fa4bc60a5f357.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17de20bcf1f0eda37f1c2cb10288d49a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8883e54da65a6bcfa1fd947274f7a01.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0fe39b1b02f4af4b3b8d35c656365ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ab23fcc27a0f3e6782c989916ade17.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a0a195b46044d1e4bee376f5034583.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd91591e30c32640530a0d2032d8332.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5277cca42c37b268e9c2d621668b0e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f75459367d7e64487937bb4bde56f4a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc6781633719ac1eb9c5ea3e683dd8b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c39b2268efca095f0018a2de897f92e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7f6774904058719cf598fc42dedae7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22668ad491153e8a3df23705200353eb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083623f7234e6897b22e284aa5b24d36.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f4ca9c4e11d9ec2fcb40d543f20535.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3946ff504da3e7b180fc8dee2157a4d6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2261faf81278cc7599884d11cd16dc9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/effbb55c8f44595ba75da35e69513030.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf782403f9ba3f85f41ac6b28904d44.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4daa3bebff17d6bb3edd48131f90aded.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9c13bb302cf3c73c62d38986dd1355.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf57fc0f90a95438591f43249a282b73.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd34455e197b6e0e56f91085d3f76a2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d789360fbb9160d647c1d11a9f1a0962.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cea1fbfd61cc1234f7d2d4ccbacd1b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461de441ede1f57f7fe4792c43aeb56c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7695d2ee7c388fa08ca7ab1f268938e0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc416182fea673fc3d6926c45a39c21f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39916361bba1fa8bdc94ea3cfefee2f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a077d1d34e88157d628362159a4e802.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f89857de33a1b901f50fe2356142b9b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c072fd22502940696643d4753950e733.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f280d1059b8d750f4576b77321a473b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e0600c19c0ad93645ec19b3a90a80c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cff576b63bc82df7c6075f590321c54.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a2d24a0a0df7ee4db2b927c44db18d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1120,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>545488</v>
+        <v>548991</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>545396</v>
+        <v>548977</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>545389</v>
+        <v>548946</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>545372</v>
+        <v>548861</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>545365</v>
+        <v>548793</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>5.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>545358</v>
+        <v>548786</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>21.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>545341</v>
+        <v>548717</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>545297</v>
+        <v>548557</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>440.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>545280</v>
+        <v>548519</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>545204</v>
+        <v>548502</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>43.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>545198</v>
+        <v>548489</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>100.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>545181</v>
+        <v>548458</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>19.5</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>545075</v>
+        <v>548441</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>545044</v>
+        <v>548427</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>367.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>545037</v>
+        <v>548397</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>545020</v>
+        <v>548380</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>545013</v>
+        <v>548373</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>544863</v>
+        <v>548274</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>13.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>544832</v>
+        <v>548267</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>544825</v>
+        <v>548250</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>