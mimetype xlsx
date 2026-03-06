--- v1 (2026-03-06)
+++ v2 (2026-03-06)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 06/03/2026 00:49</t>
+    <t>Lista gerada no: 06/03/2026 02:13</t>
   </si>
   <si>
     <t>GRILL ELECTROBRAS EBGS-04 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
     <t>APARELHO AUDITIVO PROSPER P-6004 RECARREGAVEL 2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>FILTRO DE LINHA SATE A-R10</t>
   </si>
   <si>
     <t>Filtro de Linha</t>
   </si>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2261faf81278cc7599884d11cd16dc9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/effbb55c8f44595ba75da35e69513030.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf782403f9ba3f85f41ac6b28904d44.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4daa3bebff17d6bb3edd48131f90aded.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9c13bb302cf3c73c62d38986dd1355.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf57fc0f90a95438591f43249a282b73.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd34455e197b6e0e56f91085d3f76a2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d789360fbb9160d647c1d11a9f1a0962.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cea1fbfd61cc1234f7d2d4ccbacd1b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461de441ede1f57f7fe4792c43aeb56c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7695d2ee7c388fa08ca7ab1f268938e0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc416182fea673fc3d6926c45a39c21f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39916361bba1fa8bdc94ea3cfefee2f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a077d1d34e88157d628362159a4e802.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f89857de33a1b901f50fe2356142b9b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c072fd22502940696643d4753950e733.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f280d1059b8d750f4576b77321a473b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e0600c19c0ad93645ec19b3a90a80c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cff576b63bc82df7c6075f590321c54.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a2d24a0a0df7ee4db2b927c44db18d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ce146f1f98251ea78811f1701411ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3665d8bed8298c4cf2c4a68647bc0f3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2c2d907d04a7ceafb49952480386e8f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94ff124eaa977f369f75c7c88c7d865.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9bc430d9787209fcec61d9d13d00863.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039c66ee637f815a08e13632e8d91e8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc57c5b3836837f4950f7c2301387c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c8cde051441161d644b7975c5d7aa3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1a83f2c385c82ae567c723455d497c0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ea568f0f3c4455c2fb90438dad99f7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1def4e9e8a6f60d1ed81c2e68e9258d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd375adc3c90ec82f5890155e029372.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1b52e30529f3b4d5bd92bfff546957.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b725f871e502258d027dd161ac3a4412.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f280f6489d9695044a60a493b1b76b7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c670533b3087c7c80622e052800e0542.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32ea48dfaaeffe00e8176796b0b1566.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0985986b8e19ee463facabd5d678055.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15b21b3fd1d650d80ce61f2107655d9c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de00ad99459d7d6f2787808ffee8d780.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>