--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,194 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 14:27</t>
-[...5 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 05/03/2026 22:43</t>
+  </si>
+  <si>
+    <t>COPO TERMICO COFFE 510ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BOXE MUSICAL LUVAS A-MLB11</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S112 BLUETOOTH RADIO FM TF</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>VENTILADOR DIGITRON 18360 CABEZA LOCA 110V</t>
+    <t>GLOBO DE LUZ MEGASTAR LS017 RGB COM CONTROLE</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MICROFONE MEGASTAR SEM FIO 5539PRO (MICROFONE+BASE)</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 12360 CABE�A LOCA 10" 220V (04)</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
     <t>DIGITRON</t>
   </si>
   <si>
-    <t>SECADOR PROSPER P6900 ION 220V AZUL</t>
-[...101 lines deleted...]
-    <t>RELOGIO DE PAREDE JH-2560 ELETRICO TEMPORIZADOR GRANDE</t>
+    <t>FONE SATE BLUETOOTH AE-122 ARCO WHITE</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL WAER WA-688 (2 EM 1) RECARREGAVEL 220V</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>WAER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA ECOPOWER EP-3017 KIT 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NCA210</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NGO-D500.1 1 CANAL 3000W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>GRILL WINNINGSTAR ST-9801 1600W 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>KIT DE FERERRAMENTA MEGASTAR YM777 189 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SPEAKER MINI WS-908RL SEM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER MINI WS-908BT COM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>PROJETOR LED NATAL 12 CARTUCHOS S2007 2V</t>
+  </si>
+  <si>
+    <t>BATEDEIRA WINNINGSTAR PLANETARIA 5L 220V</t>
+  </si>
+  <si>
+    <t>BATEDEIRA WINNINGSTAR PLANETARIA PROFESIONAL 10L 220V</t>
+  </si>
+  <si>
+    <t>BRACADEIRA NYLON 30CM (3025) 100 UNIDADES</t>
+  </si>
+  <si>
+    <t>Variados</t>
+  </si>
+  <si>
+    <t>BRACADEIRA NYLON 20CM (2025) 100 UNIDADES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a98a8c5ce4579d9d0b51120ad0cb369d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be4a76bd74f274553dc12fbfd6ef6aa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e62b6c0ae5bc80297f660e697aa808.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737df5dccf545896988c833c78bb815e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faebf0c312c04341e5e9e287857e2f8b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed1b3e88ce56ea40092da5b0b0dfb3ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a805d8825cc2bcb49002376bc375e64.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0abd87023c4319619c0b470f029c0180.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fde586e0236553695eca9072e776abe.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86d9616d44add9ef7702c0ff687cd181.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3dc39711f36101387b2e1a2c96b3bc7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64585b526654eb5129fdde146ad63ecc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5d9499797f5ace4945950fa643fd62.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175a9d14d1a2e6f021600e6b4fc75cf3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5408ed36a802eb0d3f1ff47d7e6994de.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6fd3255709b4e8a3ee6675d9761404a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/933890244818216eec91a24297dc51d6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e44751d46e8fa06aff5db0aec1c9db.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c438b52909e5264c77635669563205b9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0807dbe60ee8ab57c6ab1130dd30aa94.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e728a30fde89d468045cf9328e52656.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea2faca7558a3d755a91da03b7b493a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55c2b87bea6402221102fa3614203ef.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9db6794cdf036e87908aea7b4fcbc0f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7cbd93394cfa8381b786db0e59775a1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70dd249871978326a4c1caab39d35092.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d93f5151ad37fb77d126f52172da4d1b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e287a092991f1917a509785bc8c6b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9406785b813670a0ad19216dd1c98fe4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce1ae2de35b55ebfc888cddc72f7a02.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7126bb9fb013377cfee54bb3a89851b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f075968bdd6b8be816cd6fa0638f5abe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8afb7f8d9f98ee0a1a13e1e929b1740.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8727014480fedbeafdb4f0b0f8992f9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ebda067c5d5c5674789838873e23a3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96dfbf02f232166c4fe032738a25dfe9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09a897f591b5f21e4bdc3ef252f1371.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4310a6f518376ba8b4892b6a98f0b3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65570923313810cf55b9f00a7ee1b8d6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa203b814d66c26bb798a1e70aa876b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>546171</v>
+        <v>549523</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>69.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>546133</v>
+        <v>549516</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>24.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>546102</v>
+        <v>549493</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>26.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>546096</v>
+        <v>549486</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>44.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>546065</v>
+        <v>549479</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>546003</v>
+        <v>549455</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>545983</v>
+        <v>549417</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>545969</v>
+        <v>549370</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>545952</v>
+        <v>549363</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>545914</v>
+        <v>549349</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>545884</v>
+        <v>549325</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>21.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>545877</v>
+        <v>549264</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>9.5</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>545860</v>
+        <v>549257</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>545488</v>
+        <v>549233</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>0.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>545396</v>
+        <v>549226</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>545389</v>
+        <v>549172</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>545372</v>
+        <v>549134</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>545365</v>
+        <v>549127</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>5.5</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>545358</v>
+        <v>549011</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>545341</v>
+        <v>549004</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>