--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 05/03/2026 22:47</t>
+    <t>Lista gerada no: 06/03/2026 00:16</t>
   </si>
   <si>
     <t>FACA 30CM 8" DE CORTE</t>
   </si>
   <si>
     <t>Talheres</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>PC TECLADO BLUETOOTH LUO LU-BT029 BLUE</t>
   </si>
   <si>
     <t>Teclados</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
     <t>PC TECLADO BLUETOOTH LUO LU-BT029 PINK</t>
   </si>
   <si>
     <t>BOLINHAS PARA ARMA DE GEL (5.000 UNIDADES)</t>
   </si>
@@ -227,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b3f17871f5d90c280210bb4b37ba9e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf31f882a2072bc9ac1ec3a2b1ba6bb1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9268b0bb75a9e14bc904bfb041f55699.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee2e7830c0c7e55dc234adb024118ef3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02b77b4229d699f892a688f6ab5c609.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de57be521f4e5cd41b6ac5f283959596.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75034b1e4c5ca8fd1b83a5d872cd4e1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32c7788ff691d3517b1044446abb4b6f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cda2b0bd680ea29696c2b5ac147ba30.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83eb4cf2edcf086ddd9b1a14982a636.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f0fe57f95b4019a9cc8a36be83ce342.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3849e351ac0898fa72f4688b7e83d4e5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a133f3d29f107a5c7765370ca410bdd0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0748054bd1be9b89a9fb98055f946687.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e8c5b00e2e3687526a4ec9b812bd4a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7588f6aecd76eea070f8a6a94927db31.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7d7ada476808b60c514e3c3837eade.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8753072f9803f31c619e531ff1b18638.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89ef6b21a77ea58ad41a9a8c8963a6a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10d316ab1adaec3c0828380e40329c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4933ad761de0aaefcc930a22af62580a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b394dd4aa98b82f96cdd25fb25000679.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72073f76d396ae25208af8edd116b996.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb2a7d8c01006c741da55186f74877f6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62799a9b238eeefe7fab7f1a786cfa4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d36be32cd2dee36e291e11425cada2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5099450bafb233f484bc0ebe71facde.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d210349d05e943784d1fc651e757eca.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e561f6f101bce54d8f68cb81d474da.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfedd3f4f95313fc1c439d753c6e10dc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61019f30232191e2a84b6dc57daa6ecf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca297c08fab447b2ca65f590833abb1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c1984d057aa6588183c695d1028197.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef247cfa075f0b317c7fa1bb611b63cb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa0b5c20bc44d259498a91ab0a1e6f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f59d2bb0a4e0b5656097f2693ab922.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe017a6eb0e0fed4763e5084b28e0bc5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c681693505860a22a3e4239ef4fd3ddc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a2d4f54161ea6cfb67024620c9276a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73cd37e399cfc1289ce49ec53075d76b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>