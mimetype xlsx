--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,218 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 12:38</t>
-[...56 lines deleted...]
-    <t>CD-R MAXELL 700MB (80 MIN) UNIDADE</t>
+    <t>Lista gerada no: 05/03/2026 20:52</t>
+  </si>
+  <si>
+    <t>MODULO TARAMPS TS-800X4 4 CANAIS 2 OHMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>BALAN�A GANCHO SUNLIGHT 13321 5000KG</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CASCATA DE CHOCOLATE NOBEL HOME NH30336 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>CX JBL BASSPRO NANO 6X8 AMPLIFICADOR 100W</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>RADIO CAR JBL 10" ANDROID 10 BLUETOOTH WIFI GPS</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR JBL 9" ANDROID 10 BLUETOOTH WIFI GPS</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ECOPOWER PORTATIL ER-A004 2V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ECOPOWER PORTATIL EP-A003 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>FERRO ECOPOWER EP-3701 VAPOR 2200W 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>FERRO ECOPOWER EP-3702 VIAGEM 800W 2V</t>
+  </si>
+  <si>
+    <t>PC ROUTER XIAOMI N300 2.4GHZ 300MBPS</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA ECOPOWER EP-3613 GRILL 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA ECOPOWER EP-3612 220V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-3800 BLUETOOT 300WS</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NC-501</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CABO HDMI 20.00M BEST CHOICE</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR ECOPOWER EP-M093 - TIPO-C</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8506 1 LED 5W</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNAS ECOPOWER RECARREGAVEL EP-8505 1 LED 5W</t>
+  </si>
+  <si>
+    <t>TCHELOCO</t>
   </si>
   <si>
     <t>Diversos</t>
-  </si>
-[...85 lines deleted...]
-    <t>HYE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e582bb7e72861cd36a3a273c5a85ad5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d8a9f2075c2689e006230507c86675.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbef75ae2c2882a8f6513878e7276530.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09b03248ebf6914c99b38a02908b1db2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c79bcae5ee459123165c1581b676ed8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1dbe3282686556d920924f7af3da086.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2404342c004c186962612528b2942c01.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b653d0a548917aadba25695fc4c6de12.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f6639cb1c3db4dff8f38b26ae6e73ec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c512c996d515623613ff78d9e73174d0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8330d3022b8097582f6b38fc1cd1722.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c72f9e05320d1d7eb9a30ab7b5a4c98.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2183e23d2e5068d24b3cdadd7b7a772.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f625ce019eb9cc5ae5d8383b6f06f641.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec0cb2bcaa98c1bd515b1505a7eaf96.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f264e2915644f436f635ca530fce6e6d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6b85683cf6ab97c618222ee78c9dc2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0855d7d8f3dfb0606281f63fc00f39ef.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a1c59a13200d9e294ef43a1be2d0a3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624ae3e5332b60e9d45f46ad6fcb0300.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c976716e254ad52100affa03fd52a0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81afa427b798cd42906cb8a2e671551.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2955fe89d5106659cda040f9f5a81e2b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5c7059caf5618615d59a494eb9db3b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28f6b1e964a92a951a2847d2a4ae1e6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ff496b04c398987b38c81d1eb1e8d8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0682cbff25f650f2a6c76d45f7f13cc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd309a5168e276f975972bc9048793b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b636d6012c452f809fef0882cb51a0ae.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd9d76ebff8cb650cb9dba346c2d811e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f64e3327d873d41635ed57eed3619a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66c7478cf9a1c3939b45c047868dd957.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40fa045b825f84d41c11e45adff349a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801200f3a1c26c66cfd81eb05fa0c0f1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3741f043749628ffa5a96d79e5216e5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2913d2162bc71b8e969ecf7553e1b1ba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854d245c6af5b799d9d8aa585867a2e4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d564a7269aeb4bae9ca4aba44ed4705.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf68db212eff8e0ec4051a0a4d023ba.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7df4d880d893782d4aa3815043c230.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>547475</v>
+        <v>550789</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>547468</v>
+        <v>550659</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>675.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>547390</v>
+        <v>550581</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>547307</v>
+        <v>550482</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>118.0</v>
+        <v>195.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>547178</v>
+        <v>550420</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>33.0</v>
+        <v>279.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>547079</v>
+        <v>550413</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>3.5</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>547062</v>
+        <v>550345</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1.1</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>547024</v>
+        <v>550338</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>546973</v>
+        <v>550321</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>5.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>546904</v>
+        <v>550314</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>53.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>546874</v>
+        <v>550253</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>546867</v>
+        <v>550222</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>546843</v>
+        <v>550215</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>546812</v>
+        <v>550192</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>546805</v>
+        <v>550161</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>70.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>546799</v>
+        <v>550154</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>70.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>546744</v>
+        <v>550130</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>546706</v>
+        <v>550123</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>21.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>546690</v>
+        <v>550116</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>24.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>546638</v>
+        <v>550109</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>240.0</v>
+        <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>