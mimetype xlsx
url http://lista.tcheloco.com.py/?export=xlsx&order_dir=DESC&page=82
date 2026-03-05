--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,194 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 11:36</t>
-[...23 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 05/03/2026 20:57</t>
+  </si>
+  <si>
+    <t>MICROFONE PROSPER P-6190 SEM FIO PROFESIONAL VHF</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI REDMI WATCH 5 LITE M2352M1 LIGHT GOLD</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CAMERA MOTO ECOPOWER EP-8752 6.5" 12V</t>
+  </si>
+  <si>
+    <t>Acess. para Moto</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SUPORTE PARA CELULAR ECOPOWER EP-T006 UNIVERSAL</t>
-[...32 lines deleted...]
-    <t>SPEAKER JBL GO-4 BLUETOOTH RED</t>
+    <t>SUPORTE PARA MICROONDA HC-S32 40KG FIXO</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>HC PREMIUM</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV HC 22" A 60" HC-S07 GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA MONITOR HC 17" A 27" HC-32-T02</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2537 USB MICRO SD BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>JBL</t>
-[...5 lines deleted...]
-    <t>Microondas</t>
+    <t>SPEAKER ECOPOWER EP-S121 BLUETOOTH 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S124 BLUETOOTH 2V</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>FORNO BRITANIA 44L BFE44P 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>BATEDEIRA BRITANIA PEROLA 550 BLACK 220V</t>
-[...11 lines deleted...]
-    <t>LAVA JATO PORTATIL WINNINGSTAR 4603 220V</t>
+    <t>ASPIRADOR BRITANIA VERTICAL BAS1430 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO SPOT CLOCK BLUETOOTH WIFI BLACK</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-310 6 TOMADA</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY-FSR40BBW-R 16" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE FSR40ABW-R 16" 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV J2203 2X12" RECARGABLE USB MICROFONO BLUETOOTH</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO MONDIAL TURBO ICE MG-12G 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>WINNINGSTAR</t>
-[...23 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2379 USB RADIO FM BLUETOOTH</t>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO MONDIAL TURBO ICE MG-12G 110V</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H114 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PET ECOPOWER MAQUINA TOSAR EP2800 KIT 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0c3bd0fef83fabbecefaad07da3882.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118cab3fc1597592ea516ccacd133cf0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ed04641dadc477bb7f65d44d72b78d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fdf1c611bc1088c846089fe62b9a7f1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004a08360ac8d419a641b9e82ea589cb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b4a7714aee8ca9186778bcd321869a1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a47d302fd4cef1db9cd511ac0792c88.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3eb8f19747de8bcfee67376e8486261.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf85eb525d3f9abfc05f1dec5c7f944.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86be0ec2d058bf8d8e1b1a2b7631579.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/634e5014373b13a30be5eafe7da63bfd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d64b40f6c32a190f0e9210f84a4e94.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412a2a6e57b46c783320988ceff9dc7e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11cd87adaa904300a05c913b1f3fafab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf8740389eebc4c3ca75655d70e8626.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ede26ca5991117c8fcb6502eef80c2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc1d3333c3fe45e1eb0f7cd19037086.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1660d0bac23ac4ae4cd2e6ca874a6347.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69c383413fc609e723530a8ee26dd12.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53bb9d7db6278423b8e5256c23b7eb59.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a9229422f3c10e68c29ca067a3fa66.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694ab61e5b45e21524afc806265ea6c7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efdfba00b08c6268353c1730bc38cbe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ac10b302960895efb69be375caeddd3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00311a04e1b3f0fed62352c3343f61f8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7952b027e806b52063bce9f3c466c73.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a881ddb50fadd233a7230bab2dedc0b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2a9fcd8c2110fac4957d8b3c5d7ded.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c212c5560a362da12d964ac863e30e79.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f71cda56779828519a2979f82a6e53.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29a923e05ca5dc83688389346a44e68.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59fb1854a44842493de02a72359834b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1660d1d9fb0721905d0c70b83c0d6766.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b22891b3cbbae9bba8d72326fe4b2323.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fad1f393a4de3b11485d3ad31401acc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612eb85c0489315d6ff226616d842052.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1952b70230c4f3bdd3b3d9e435a428ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f783d76f95efae67b27b27738a54cb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d0c9f488f9e5760a3ebc9d57812e178.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6869d96bd5e5958a99be8626fa717bf3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>548694</v>
+        <v>551533</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>548601</v>
+        <v>551472</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>349.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>548519</v>
+        <v>551427</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>548502</v>
+        <v>551366</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>548496</v>
+        <v>551298</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>3.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>548489</v>
+        <v>551250</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.5</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>548458</v>
+        <v>551236</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>548441</v>
+        <v>551229</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>0.98</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>548397</v>
+        <v>551212</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>3.25</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>548380</v>
+        <v>551175</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>3.8</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>548373</v>
+        <v>551168</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>3.8</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>548311</v>
+        <v>551137</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>31.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>548274</v>
+        <v>551076</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>127.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>548267</v>
+        <v>551045</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>548250</v>
+        <v>551038</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>548205</v>
+        <v>550987</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>58.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>548076</v>
+        <v>550956</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>58.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>548038</v>
+        <v>550949</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>8.75</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>547987</v>
+        <v>550857</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>26.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>547963</v>
+        <v>550796</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>5.5</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>