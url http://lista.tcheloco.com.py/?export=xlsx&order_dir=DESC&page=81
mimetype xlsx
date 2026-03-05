--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,203 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 10:39</t>
-[...17 lines deleted...]
-    <t>GRILL WINNINGSTAR ST-9801 1600W 220V</t>
+    <t>Lista gerada no: 05/03/2026 18:51</t>
+  </si>
+  <si>
+    <t>REFLETOR LED LUO LU-2160 400W SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SPEAKER INOVA RAD0024 BATERIA RECARREGAVEL RADIO FM MICROFONE COM FIO BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>PISTOLA DE PINTURA SATE A-TK887 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>POLIDORA SATE A-TK889 / BATERIA / CARRO</t>
+  </si>
+  <si>
+    <t>POLIDORA SATE A-TK888  220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-99-FB 3 VELOCIDADES BLACK 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MICROFONE/SPEAKER TUCANO WS-858 / BLT / USB / FM</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE TUCANO IP54 BLUETOOTH WHITE</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE TUCANO IP54 BLUETOOTH BLACK</t>
+  </si>
+  <si>
+    <t>SPEAKER LUO LU-2167 ASTRONAUTA LUA BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>FOGAO RAF 2 BOCAS R.8020BB WHITE 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FORNO WINNINGSTAR 40L ST-2351 110V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G127 1.2L</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA ECOPOWER EP-G126 1.9L + 160ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G110  1.9L + 140ML</t>
+  </si>
+  <si>
+    <t>GRILL MULTILASER CE123USA A�O INOXIDAVEL 180� 110V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>WINNINGSTAR</t>
-[...71 lines deleted...]
-    <t>Fitas Led</t>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA CM88 7" INFANTIL ANDDROID 12 LILA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA CM88 7" INFANTIL ANDDROID 12 AZUL</t>
+  </si>
+  <si>
+    <t>LANTERNA 7739-C SOLAR COM KIT FERRAMENTA</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>ANDROID TV BOX MXQ MINI STICK 128GB RAM 512GB</t>
-[...29 lines deleted...]
-    <t>Med.Pressao de Bra�o</t>
+    <t>COPO TERMICO ECOPOWER EP-G033</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b464bdaa727994cddc07557d81ba64.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0386e921949cd033134530bc1f5f557.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05f3f1a2cdb62b04d87caaa50f54c28.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1abb87f32071ef13c2d46a64fc187c5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93df76b18ae047faa55b28b40b1d8d88.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe471684adc113b89e334497c81f3624.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a0a14cd85ef741276d51dc4a231c4d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a1d0f973862516907d3c26529a6232.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927e52bab6bb679c1754cee182d8e442.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82ad84466373e47dd5a7d8d91507d800.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd3d5a96dd774623a02c0cc4e631c84.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50eee98b0a2537ff2bf3088252ca9694.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253f822330fb020a7d9f590194f81158.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c66821278b37a05eae1ce7a387b791.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6162a42ad1eafa4d61fae562c757ae62.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f558b85149234f7b3789b2b0b820b44.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a2892d8fc780be299e69b358a57470.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca42c40ab65ea75cf874d092c8a0da4d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706f59b1f7c978a5baeee0fc28f5d869.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/549c9c80a60983a8bd7faf7c20e67730.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4142ed23bce61f36b3c81d3452033e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99318de86a192be4f4bd986c2e3b559b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c68f3b4caae52cbcb907c33d622d965.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8de81965b7372d0da3bb3d4e7eea0493.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3d273ac23fe42e91d12b0d938683bc0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9389a27b304f438685cf6901756be87.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe70bb5d1534cb4096ef82b0c725be7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d81eea7c7b069b1e61a23e96cd2224e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2b6b81304af5f55aea6ce6bbfe4433.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d638a2e2b213b2a1f97feed3a730d51c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab40c61fa971dc8fa3478ca10118fadb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b17a814348a96f3387fae63233670bf6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2ed920d928ac89d75d966ca40c9e43.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29fd170f572d99244d9c3ed73cf62ba2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b7dd6aafa5e06497ebd7a20671912c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c748cc5bd0b42ddcf637baa22d9f3e3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418b272b44ce456b903219a0bed9ffbf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b9b7e57988b446f151e221cd2738250.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f364d75fa44da4dc7abc6f4773cfd11.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb12881b5e1042a3d4b98a7535c477bd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>549349</v>
+        <v>552325</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>549325</v>
+        <v>552103</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>72.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>549264</v>
+        <v>552059</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>42.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>549233</v>
+        <v>552042</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>549226</v>
+        <v>552035</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>3.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>549172</v>
+        <v>552028</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>549134</v>
+        <v>552011</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>68.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>549127</v>
+        <v>552004</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>119.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>549059</v>
+        <v>551991</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>72.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>549011</v>
+        <v>551922</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>1.2</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>549004</v>
+        <v>551915</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>548991</v>
+        <v>551847</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>27.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>548984</v>
+        <v>551816</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>548977</v>
+        <v>551809</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>17.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>548960</v>
+        <v>551793</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
         <v>37</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>548953</v>
+        <v>551755</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>18.25</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>548946</v>
+        <v>551717</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>3.5</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>548861</v>
+        <v>551694</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>548854</v>
+        <v>551618</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>548793</v>
+        <v>551564</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>