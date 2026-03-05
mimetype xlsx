--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,206 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 09:47</t>
-[...14 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 05/03/2026 18:54</t>
+  </si>
+  <si>
+    <t>FERRO ECOPOWER EP-3703 VAPOR 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>JARRA TERMICA ECOPOWER EP-G047 2L+260ML</t>
-[...5 lines deleted...]
-    <t>Ferros</t>
+    <t>PASSADEIRA ECOPOWER EP-3707 VAPOR 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA 3 EM 1 ECOPOWER EP-3626 - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>WAFFLERA ECOPOWER EP-3624 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>WAFFLERA ECOPOWER EP-3623 220V</t>
+  </si>
+  <si>
+    <t>OMELETEIRA ECOPOWER EP-3614 220V</t>
+  </si>
+  <si>
+    <t>GRILL ECOPOWER EP-3627 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8145 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARGABLE ECOPOWER EP-8152 2V</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE WINNINGSTAR ST-5518-S 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>WAFLERA WINNINGSTAR ST-2121 110V</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS LADYLISS LMC-797 26MM 2V</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>ANDROID TV BOX LUO LU-V82 4K 512GB</t>
+    <t>BATEDEIRA RAF R.6637W BACIA A�O INOXIDAVEL 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7019 2.0L 1000W 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>CABO USB CELULAR ECOPOWER EP-6028 TIPO-C 2A 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX MXQ PRO 5G MAGISTV</t>
   </si>
   <si>
     <t>Android Tv</t>
   </si>
   <si>
+    <t>MXQ</t>
+  </si>
+  <si>
+    <t>MULTIMETRO DIGITAL DT-830B PRETO</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ESCOVA 5X1 EUROMAX EM-6696 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM9505 1.8L 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MICROFONE LUO LU-3240 SEM FIO COM SPEAKER KARAOKE</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
     <t>LUO</t>
-  </si>
-[...94 lines deleted...]
-    <t>SATE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd9bfb19718cd267046c24a82a0bdb8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe7583ace6fa635e3626be8b6fd13a9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a390443e036e6328f907573b89c976.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ec12b56a9f4656083033d242f3a1aa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6259fcacebd2ceba29ab2aa6f289605a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2755ef665114c80bc45c4b9c2290e5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2101041278baf88d6f244040bba71e66.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9863260703dd7004ba540634b9aff6af.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/795a0b46a97d0ef4161df179e5202870.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c489424b1f3cdbafbbd1ff05dab5d1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7e4a910a60e311cc68b166c3de4aa9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b189ca1a5399e7db6eb0927245d71cc8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdfad2ca1c9ab23ad82dd39c958dd626.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c9266c32a7082d013ea32c5696417bd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa91e80f9085e2dc9e473e5ddeb3fe2f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e945bd45952120152178a4d5ea2181.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccfca943d1239d06a29817cdfcc981f8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981111e04104cebb35c888cd273d450e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7d8a424a929aab73975264b102080c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5149c8a2622f0966e7743a5d19166ebd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98b441745b60da4abf8fb21f0d40eab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56098888f727b35ddbcdc2400da88829.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3cb47e8e3469b72070d844ddb04e46f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e520ea31c045a4e979fd5fde8e9d787.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c4f3572676a788ae6a6483ebd90d7b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a07f7a76858ce83e4f062c8dcc4dd0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2702e257fcc7e708e21aecaa0972af91.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7779b501b4c4277443f7cf8fbaed2d49.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd28d178050d6a5ff45b7b06aae76f22.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159d40f9775b0148df05e2eb902b7c8c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c3567fc83907a4d4ebd9c95409baa8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc2b881c8c5cd332afde881b7cf9142.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd25e47ee11e350112399d0983775cd5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b64c94c2123a7ddadf8045656ea2d8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4bacd780d806ef4fe43c3f6154ef9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955675f14645a350f3e75b8184f29cc3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1abf11a863ab6d9c89dbd5e20bb18ff.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e48f3f8bcf1794154b2d5c677ef7b8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98861a8d3bb7d51f9879b1ae90e15a86.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9012c0d496fa5022b8a2af964a7c9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>549882</v>
+        <v>552875</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>48.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>549837</v>
+        <v>552844</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>549820</v>
+        <v>552837</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>549769</v>
+        <v>552813</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>9.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>549738</v>
+        <v>552806</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>549721</v>
+        <v>552790</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>549660</v>
+        <v>552783</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>21.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>549653</v>
+        <v>552776</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>549646</v>
+        <v>552752</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>21.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>549622</v>
+        <v>552714</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>13.5</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>549615</v>
+        <v>552707</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>22.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>549608</v>
+        <v>552677</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>22.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>549592</v>
+        <v>552646</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>22.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>549585</v>
+        <v>552639</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>549547</v>
+        <v>552615</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>549493</v>
+        <v>552554</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>62.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>549486</v>
+        <v>552547</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="F18" s="3">
-        <v>44.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>549479</v>
+        <v>552530</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>45.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>549455</v>
+        <v>552486</v>
       </c>
       <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>549448</v>
+        <v>552394</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>9.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>