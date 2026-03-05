--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 05/03/2026 18:54</t>
+    <t>Lista gerada no: 05/03/2026 20:35</t>
   </si>
   <si>
     <t>FERRO ECOPOWER EP-3703 VAPOR 220V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>PASSADEIRA ECOPOWER EP-3707 VAPOR 220V</t>
   </si>
   <si>
     <t>SANDUICHEIRA 3 EM 1 ECOPOWER EP-3626 - 220V</t>
   </si>
   <si>
     <t>Sanduicheiras / Tostadores</t>
   </si>
   <si>
     <t>WAFFLERA ECOPOWER EP-3624 220V</t>
   </si>
   <si>
     <t>Wafflera</t>
   </si>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98b441745b60da4abf8fb21f0d40eab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56098888f727b35ddbcdc2400da88829.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3cb47e8e3469b72070d844ddb04e46f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e520ea31c045a4e979fd5fde8e9d787.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c4f3572676a788ae6a6483ebd90d7b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a07f7a76858ce83e4f062c8dcc4dd0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2702e257fcc7e708e21aecaa0972af91.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7779b501b4c4277443f7cf8fbaed2d49.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd28d178050d6a5ff45b7b06aae76f22.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159d40f9775b0148df05e2eb902b7c8c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c3567fc83907a4d4ebd9c95409baa8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc2b881c8c5cd332afde881b7cf9142.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd25e47ee11e350112399d0983775cd5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b64c94c2123a7ddadf8045656ea2d8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4bacd780d806ef4fe43c3f6154ef9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955675f14645a350f3e75b8184f29cc3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1abf11a863ab6d9c89dbd5e20bb18ff.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e48f3f8bcf1794154b2d5c677ef7b8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98861a8d3bb7d51f9879b1ae90e15a86.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d9012c0d496fa5022b8a2af964a7c9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f0472efaaa47f66e2f3a60e83fc6878.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f070c2b796e07e591e3f016075d00c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d977a35f3f9b3fb3dbd6eb3d5e5fdd9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac596759017184f5cc278204a645df03.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d590650c09d718be6df92054905aa43c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdde52743728b87ed3f9d06ae5705fba.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11606d4c50224963c798d07596056d7b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018847668ecfb8b164611b1f91a0ef8f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ca871a1782a992716bbe61a5adc809.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4576a4a2e3a64c56945ca97df3fcba9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651ee7308cd21a92ced23cc18b7c64c5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69fb17003a7bef368ad7dd608b207181.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480b7711aeca3dae729f0827ef6f83e6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89542c9af37f420abd256d5a500a3131.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/511a7ba763a468fc82cd7f042a58ef23.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70393ea002ad769b92d645e3675829bf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a081c8ad9c43130a9039478d9b9629.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3c53592b9f335f950503f9a00a0fd3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5bfa0f718f6d6454db82cb019c25f3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6281d4dcfe49d9f98cb61017f006e5d2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>