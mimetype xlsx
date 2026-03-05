--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,191 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 07:59</t>
-[...5 lines deleted...]
-    <t>Acess. para Moto</t>
+    <t>Lista gerada no: 05/03/2026 17:03</t>
+  </si>
+  <si>
+    <t>CABO BLINDADO RCA MEGA STAR RCA51 - 5M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA-560B Q/F - 220V - BRANCO</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA-560N Q/F - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 3 EM 1 - 1.2ML / 240ML / 240ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>M�QUINA DE FAZER HAMBURGUERS RAF R.666 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G036 500ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>TABLET ECOPOWER EP-A100 10.95" 256GB 8GB RAM</t>
-[...44 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2537 USB MICRO SD BLUETOOTH</t>
+    <t>PASSADEIRA A VAPOR RAF R.1160B 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>KIT CAF� DA MANH� MULTIFUNCIONAL 3X1 RAF R.5308 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MINI WAFFLERA RAF R.219H 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>COPO TERMICO SPEAKER - BLUETOOTH 473ML</t>
+  </si>
+  <si>
+    <t>COPO MIXER ELETRICO PROSPER PC-10 RECARREGAVEL / VIDRO</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ALTO-FALANTE PORTATIL INOVA RAD-022 USB / SD / FM / BLT</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-S121 BLUETOOTH 2V</t>
-[...41 lines deleted...]
-    <t>RELOGIO SMART WATCH Z97 MINI COM 4 PULSEIRAS</t>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>RELGIO FTX AM15-BBL 51MM BLUE</t>
   </si>
   <si>
     <t>Smart Watch / Fitness</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...8 lines deleted...]
-    <t>SPEAKER KOLAV J2203 2X12" RECARGABLE USB MICROFONO BLUETOOTH</t>
+    <t>FTX</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7062 1-USB TIPO-C 2.0A 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CHOPERA - SPEAKER CON BLUETOOTH 7L / BIGSTAR</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8147M 1000L 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8148 800L 2V</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8141 800 LUMENS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>RELOGIO WATCH LUO LU-W68 ULTRA / LARANJA</t>
+  </si>
+  <si>
+    <t>Esportes e Fitness</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA MANUAL 20L 13222</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c915f6d34db56b6ce5fb165d785c35a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcf4b8b18fecca6ef217148cf0daf15.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b2d25265e25456ec693dcfbb346e1a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29a8b15238a20cde1f83bb039be0b4f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5609354aa3226f794b4a3e3cfe0251f7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0c9cf2d9fdae0d3b33b5ac23a21881.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3de59a7e3eac78ecd544a9f0a970529.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04613ed4bf14f23aa63dde43897d1cdc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/360b4a612c0181e73bd4b4cf77d7846c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b66fed35456b3e2e9f15622cda2b9491.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0731ae93aa2ef15854f0efc74a86468f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4477e509dfdd1a812bb59691dd7c3130.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e94ccf923a2d6ad1d9615f9be676a60.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa74a0d5769f27ae3cd9c4de2df0f46.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0779dc62c9828bc681a75d752bc1dcfb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e19e85943c8d99ae4769950085fb5a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1aebbb7edde2450d95879149da8585c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88f0bae1329eeb34093c358251bbe2b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965348be0c1bbfdb32a0f78aa5328209.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487700387e75d1146246350048ebfa49.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ba60e363be71481b7c66514782ddd2e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a8f5144458c2b7bd64cf139b9f5e73.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346e33aea392779de01ec8a0d79b0690.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17e9253df12f1df66191fd35f708747.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63210c665277fdee24075eefcae9fe14.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8979b6dbd80a73b2bfcc181b37d1a9e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb536501ee8c1d1ce5a6cc4e882b4714.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a38358edcf17ccf02d750c66663c25.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec50282b4565ec43d5f6aa9d9f6f6ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7ec9dfc1985c4b4e7a730681784b69e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dbc91c48540c4ea5857067daaccf0d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2412fa9ce3cc955f0093264edcc28e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa3fadf6bc19d1127c75fc0dfa66c8f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68ece9cbfc03424197e854d025d3d485.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14eda835ebfd21bc2760e149c094321c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec59b6aa4d86382aa53c4ead6aa48fa9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dc05ba2e49fdca3edccb86138695b05.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee3497bcd488bb6cf5d53e4006eb755.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85eafff564e6433b5cdfc281815d268a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de452d32e28849ef39b7b778279f8a8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>551427</v>
+        <v>553957</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>47.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>551410</v>
+        <v>553940</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>137.0</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>551373</v>
+        <v>553933</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>551366</v>
+        <v>553896</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>551359</v>
+        <v>553889</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>32.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>551298</v>
+        <v>553834</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>34.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>551281</v>
+        <v>553803</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>18</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>45.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>551250</v>
+        <v>553780</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>48.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>551243</v>
+        <v>553773</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>30.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>551236</v>
+        <v>553742</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>551229</v>
+        <v>553674</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>63.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>551212</v>
+        <v>553667</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>551182</v>
+        <v>553544</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>112.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>551137</v>
+        <v>553513</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>60.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>551076</v>
+        <v>553476</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>551045</v>
+        <v>553469</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>551038</v>
+        <v>553452</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>551021</v>
+        <v>553445</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>551007</v>
+        <v>553414</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>550987</v>
+        <v>553377</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>205.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>