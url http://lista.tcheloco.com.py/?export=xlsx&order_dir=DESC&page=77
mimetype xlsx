--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,215 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 07:04</t>
-[...5 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 05/03/2026 15:14</t>
+  </si>
+  <si>
+    <t>CABO USB-A - USB-C ECOPOWER EP-6041 / 3A - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CABO USB-C - USB-C ECOPOWER EP-6040 / 60W - 1M</t>
+  </si>
+  <si>
+    <t>KIT PARA CHAVE DE FENDA SEM FIO/ELETRICO SATE  A-KS354 / 35 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT CHAVE PRECISAO SATE A-KS63 / 62 PCS</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE PRECISAO SATE A-KS514 / 51 PCS</t>
+  </si>
+  <si>
+    <t>CHAVE DE FENDA TIPO CANETA SATE A-KS134 / 13 PCS</t>
+  </si>
+  <si>
+    <t>CHAVE DE FENDA TIPO CANETA SATE A-KS131 / 13 PCS</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL SATE A-MP90</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR ITEL P55 P661N 5G BR / 128GB / 6GB / AZUL</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>ITEL</t>
+  </si>
+  <si>
+    <t>CELULAR ITEL P55 P661N 5G BR / 128GB / 6GB / DOURADO</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE - LUZ TRASEIRA - S09</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>COPO TERMICO COM SUPORTE PARA CELULAR 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PISTOLA DE PINTURA SATE A-TK887 RECARREGAVEL</t>
-[...35 lines deleted...]
-    <t>Som</t>
+    <t>RADIO PORTATIL PHILCO 1010BT AM-FM / BLT - 110V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO IQ-152 (5DF)</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO IQ-152 (1DF)</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO ID-11S (2DF) COM TEMPERATURA - CALENDARIO</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RAF R.5015 8L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ESCOVA 3X1 AVOCADO 3D LUO LU-4653 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>FOGAO RAF 2 BOCAS R.8020BB WHITE 220V</t>
-[...89 lines deleted...]
-    <t>PROSPER</t>
+    <t>BASTAO DE SELFIE ECOPOWER EP-T209</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR ECOPOWER EP-T201</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75320c003a854a532944fd73340b2086.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30aee614e7bffbc3c57ccec9ea50a653.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c60c67f4427f796fe554dc7a09feddf8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38ea3075b5e9c350cbf1451cbc536e0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3663b7e387947a7087dfba9d6bc839a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9430ec5fa71d2889bb89a93a756e0b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c486e38c1c19448935d1483ddd715918.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d527345d831bed1154398094d0179e5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721c5e79bd0a5f6afbf2788ce1a00071.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04048f960e617e131cb9ea8cf299ce4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9853f969078ed84e8f550715d2539f1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c8e39489a1c348b4a164c6d47910319.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93b666da68795054128ef55885a09bf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d7870b0347bdd3fd437bab2e69f70f8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8ae524f644e1e3db7180d7fe7743fe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d6c46e549d027eeff067857f8f8d76.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda61c859e72e4f8ee42de1bb0ec20a8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7578a44d17e9840e8c733000b15db761.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e829e1c16217feedf29275f8f4e094d6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7a920b94cf87b2d11a86047c0c3f9a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31175998cd36d72acbeb6e763ba78e19.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93d14a2bdf2b1791eaebf2035a488fe2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de1c1b6b7aac7fd7de96bfa95fdf1cc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55de98c25ac35c9d2f02e14b6336d9ec.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316ef95eea6038c8f276536d9647e54c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c66c3dfb73365410d8063c251c1fe64.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94a62b6b1a3a8c73486e9caf6480e01.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0ffde5f83db7d351931872abff707d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68961ae1c77fb5fd3521c0efaf0cf71a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c73297beb19ddbfa5e525b3d002a950.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f9b79042a3d291011d0c0bb2fd445c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad9fb54aa4d344412cbd64de02d4d1f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66fd8e8ac56801b115f59fb264446129.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1a2ed3c482b2dc05c2de6581800332f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8befd404672d94331b6905f5fa1ab40.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e8f22385a39636fd02b00b2dbb242d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3d3c6572b8eb2dd0a65a1a1c7c8f1e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffc163315c45bebbbb0da1c2f3706d92.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e39c1bb59b9ac2e4c4cda9adc7b9e3b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58545bf4d3a96246d602ddd8bed461f0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>552202</v>
+        <v>554664</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>552059</v>
+        <v>554657</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>552028</v>
+        <v>554626</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>552011</v>
+        <v>554602</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>552004</v>
+        <v>554596</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>551922</v>
+        <v>554565</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>14.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>551915</v>
+        <v>554558</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>551847</v>
+        <v>554541</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>78.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>551816</v>
+        <v>554510</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>551809</v>
+        <v>554503</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>551793</v>
+        <v>554473</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>551779</v>
+        <v>554466</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>551755</v>
+        <v>554459</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>42.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>551700</v>
+        <v>554374</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>40.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>551656</v>
+        <v>554367</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>551618</v>
+        <v>554343</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>551571</v>
+        <v>554282</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>64.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>551564</v>
+        <v>554244</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>551557</v>
+        <v>554237</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>551533</v>
+        <v>554220</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>34.0</v>
+        <v>40.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>