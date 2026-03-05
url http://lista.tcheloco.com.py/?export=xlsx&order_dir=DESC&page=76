--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,206 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 06:10</t>
-[...11 lines deleted...]
-    <t>FERRO ECOPOWER EP-3703 VAPOR 220V</t>
+    <t>Lista gerada no: 05/03/2026 15:08</t>
+  </si>
+  <si>
+    <t>TOSTADOR RAF R.2103 INOX - 2 POR��ES  220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-06NB 220V - 60HZ</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-06NB 110V - 60HZ</t>
+  </si>
+  <si>
+    <t>CAMERA DE VIGILANCIA IP PARA EXTERIOR XIAOMI AW200</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>TV SMART LED 50'' MARSON MAS50  WIFI DIGITAL ANDROID</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MARSON</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R242 2500W - 2M</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO AIRDOTS PRO 3</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>ADAPTADOR TOMADA 3 PINOS UNIVERSAL PADRAO BR</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CADEADO COM CHAVE PARA BICICLETA / MOTO MK-965</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>FERRO DE PASSAR SECO CLASSIC RAF R.1107 220V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
+    <t>COPO MATERO BIGSTAR BSP-1401MT - 140ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTRO EBAF-89D - 9L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1969 BLT / 1 MIC</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>PASSADEIRA ECOPOWER EP-3706 VAPOR 220V</t>
-[...68 lines deleted...]
-    <t>CABO USB CELULAR ECOPOWER EP-6028 TIPO-C 2A 1M</t>
+    <t>SPEAKER ECOPOWER EP-1967 BLT - 1 MIC</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR KLIP KNB-426GR CINZA</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>KLIP</t>
+  </si>
+  <si>
+    <t>COPO TERMICO BIGSTAR BSP-8013 1200ML</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 14 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>INFLADOR ELETRICO PORTATIL PARA BRINQUEDOS MEGASTAR IN2102</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA DE VIDRO MEGASTAR TM9806 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CABO USB-C - USB-C ECOPOWER EP-6042 / 60W - 1M</t>
   </si>
   <si>
     <t>Cabos USB</t>
-  </si>
-[...40 lines deleted...]
-    <t>Speakers Pequenos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/609c9b33c3a383af9a4f055cff77a254.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db7210e1a9f2b355a79fffa6bf77e2e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a4bb4ada460d20e5afa1b48ddc773a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4426980b2bd1380f8f0a8f10d14b23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371f33225ca562fac0428f15792ae694.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e874639e1cb273ee65a0c773e698808d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/335a8510c286578976791c6e47cd2ac9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32c4db82331d31ad858046df89fdd752.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29b50a433e1b09de8319071125b4257.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d1f1903e96ac36c9df8fce2cf0f28db.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12817c379ffbe28ab26aa79e427b045.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e54f321fbe75852c71864dbb3f5106.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bae720e67d9a44c818abdc023fd1533.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98e0bace7b93526c3adc5b9ecb23735.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d87ff6cc15f710dd2708d05dbe029917.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cb26ce812e8886632194970b9c18578.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2335a0555123acf9da2fda4e51a92730.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271d893161ec32e3edd4a268ab0e3b57.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf52231c3952f5e6ae342d118865cbc2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf799955835469cbdb03b322591000e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33348874f165b38c36c3965655105584.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397cf247a0d8f0db0f248205b352598a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62fb4876317d4e6d95cf449bbda1b324.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a02dfc0afa17ab7c15a7dd0254bc98.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48b8f5745bb0b3a20c62bb8f31ba888a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966e6f06d9acef957cf5adeea10017e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7016526a4779fcc4843f747f96edbe65.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64264e2d3ebfe05236cfae8ef878713.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20fa704a0817469d3dab8ede6a072d8e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da57889055c078d6177b58998bc68004.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c6032bfb3456645b3d026ff352aa07.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fda6915d774cbf6f9c091de0122c0bc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/143162ce587fb4a8d20834525fc888c0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d263e20ebcb289ff6182c762b007f7b8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e841a1d24d0ad2252b3991ce41d0f402.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51544b2aa8edd09159257e9d0e81deba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0620952ded734b620b07dc5d104d1076.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd3b485a4cfaa111c888538fa1692fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6bebd6b95dc56c950ff8539a1de6f77.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f9038d3ef0ed8ed67763d1823e938c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>552912</v>
+        <v>555272</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>552875</v>
+        <v>555265</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>552851</v>
+        <v>555258</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>19.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>552844</v>
+        <v>555227</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>24.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>552813</v>
+        <v>555128</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>552790</v>
+        <v>555043</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>552783</v>
+        <v>555029</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>552776</v>
+        <v>555012</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>21</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>552752</v>
+        <v>554978</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>552721</v>
+        <v>554961</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>18.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>552707</v>
+        <v>554947</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>552677</v>
+        <v>554916</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>7.5</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>552646</v>
+        <v>554909</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>552622</v>
+        <v>554893</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>35.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>552615</v>
+        <v>554848</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>1.1</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>552530</v>
+        <v>554817</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>14.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>552509</v>
+        <v>554770</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>131.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>552486</v>
+        <v>554763</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>552394</v>
+        <v>554749</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>9.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>552363</v>
+        <v>554671</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>13.5</v>
+        <v>1.35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>